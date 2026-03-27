--- v0 (2026-02-08)
+++ v1 (2026-03-27)
@@ -10,326 +10,878 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="152" uniqueCount="93">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="587" uniqueCount="277">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2620</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>3571</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
     <t>ADRIANO MARTINS DE OLIVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de inclusão de cláusula de observância do intervalo para recuperação térmica (pausas térmicas) nos contratos de terceirização firmados pelo Município de Coronel Fabriciano  e dá outras providências.</t>
   </si>
   <si>
     <t>2621</t>
   </si>
   <si>
     <t>3572</t>
   </si>
   <si>
     <t>BRUNO LÁZARO</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2621/pl-_3572-_fiacao_-_bruno_lazaro.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2621/pl-_3572-_fiacao_-_bruno_lazaro.doc</t>
   </si>
   <si>
     <t>Dispõe sobre o Programa Municipal de Ordenamento, Segurança e Gestão de Fiações Aéreas no Município de Coronel Fabriciano e dá outras providências.</t>
   </si>
   <si>
     <t>2622</t>
   </si>
   <si>
     <t>3573</t>
   </si>
   <si>
     <t>Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2622/pl_-_3573_-_recompoe_as_perdas_inflacionarias_relativas_ao_ano_de_2025_-_servidores_municipais.docx</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2622/pl_-_3573_-_recompoe_as_perdas_inflacionarias_relativas_ao_ano_de_2025_-_servidores_municipais.docx</t>
   </si>
   <si>
     <t>"Recompõe as perdas inflacionárias ao ano de 2025 aos Servidores Públicos Municipais de Coronel Fabriciano/MG e dá outras providências".</t>
   </si>
   <si>
     <t>2623</t>
   </si>
   <si>
     <t>3574</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2623/pl_-_3574_-_altera_artigo_6_da_lei_3844.2013_-_executivo_municipal.docx</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2623/pl_-_3574_-_altera_artigo_6_da_lei_3844.2013_-_executivo_municipal.docx</t>
   </si>
   <si>
     <t>"Dispõe sobre a alteração do caput do artigo 6º da Lei nº 3.844 de 04 de novembro de 2013 e dá outras providências."</t>
   </si>
   <si>
     <t>2624</t>
   </si>
   <si>
     <t>3575</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2624/pl_-_3575_-_recomposicao_das_perdas_inflacionarias_agentes_politicos__mesa_diretora.docx</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2624/pl_-_3575_-_recomposicao_das_perdas_inflacionarias_agentes_politicos__mesa_diretora.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a recomposição das perdas inflacionárias dos subsídios dos agentes políticos do Município de Coronel Fabriciano e dá outras providências.</t>
   </si>
   <si>
     <t>2636</t>
   </si>
   <si>
     <t>3576</t>
   </si>
   <si>
     <t>CHICO SIMÕES</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2636/pl_-_3576_-_pl_marcacao_de_consultas_e_exame_3.pdf</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2636/pl_-_3576_-_pl_marcacao_de_consultas_e_exame_3.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de agendamento imediato de consultas e exames no âmbito do Sistema Único de Saúde – SUS do Município de Coronel Fabriciano/MG e dá outras providências.</t>
   </si>
   <si>
     <t>2637</t>
   </si>
   <si>
     <t>3577</t>
   </si>
   <si>
     <t>BETO CAVALEIRO</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2637/pl_-_3577_-_projeto_utilidade_publica_equoterapia_-_beto_cavaleiro.docx</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2637/pl_-_3577_-_projeto_utilidade_publica_equoterapia_-_beto_cavaleiro.docx</t>
   </si>
   <si>
     <t>"Declara de Utilidade Pública Municipal, o Centro de Equoterapia CURSAGE e dá outras providências."</t>
   </si>
   <si>
+    <t>2643</t>
+  </si>
+  <si>
+    <t>3578</t>
+  </si>
+  <si>
+    <t>REINALDO DA SAÚDE</t>
+  </si>
+  <si>
+    <t>Dispõe sobre denominação de logradouro público neste Município.</t>
+  </si>
+  <si>
+    <t>2644</t>
+  </si>
+  <si>
+    <t>3579</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a denominação de Unidade de Saúde do bairro Córrego Alto - Agostinho Ciriaco de Melo.</t>
+  </si>
+  <si>
+    <t>2645</t>
+  </si>
+  <si>
+    <t>3580</t>
+  </si>
+  <si>
+    <t>CRISTIANO DO CAIS</t>
+  </si>
+  <si>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2645/pl-_3580_-_utilidade_publica_2026_igreja.pdf</t>
+  </si>
+  <si>
+    <t>Declara de Utilidade Pública a IGREJA EVANGÉLICA AVIVAMENTO FLORESTA.</t>
+  </si>
+  <si>
+    <t>2654</t>
+  </si>
+  <si>
+    <t>3581</t>
+  </si>
+  <si>
+    <t>ZEZINHO DO SINTTROCEL</t>
+  </si>
+  <si>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2654/pl_-_utilidade_publica_1.doc</t>
+  </si>
+  <si>
+    <t>“ Declara de Utilidade Pública Municipal a Associação Esportiva e Cultural Kefas”.</t>
+  </si>
+  <si>
+    <t>2656</t>
+  </si>
+  <si>
+    <t>3582</t>
+  </si>
+  <si>
+    <t>MARCELO SOARES DE ALMEIDA</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a Política Municipal de Atenção Integral às Pessoas e Famílias em Situação de Vulnerabilidade Social no Município de Coronel Fabriciano/MG e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2657</t>
+  </si>
+  <si>
+    <t>3583</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a Política Municipal dedicada a responsabilidade parental e o cuidado de crianças e adolescentes com deficiência no Município de Coronel Fabriciano e da outras providências.</t>
+  </si>
+  <si>
+    <t>2658</t>
+  </si>
+  <si>
+    <t>3584</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a Política Municipal de atenção integral às pessoas em situação de acumulação no Município de Coronel Fabriciano/MG e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2660</t>
+  </si>
+  <si>
+    <t>3585</t>
+  </si>
+  <si>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2660/pl-_3585_-_educa___executivo_site.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei 4.600 de 25 de abril de 2025 que institui o Projeto Educar + da Rede Municipal de Ensino e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2661</t>
+  </si>
+  <si>
+    <t>3586</t>
+  </si>
+  <si>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2661/pl-_3586_-_altera_loa_2026_-_executivo.pdf</t>
+  </si>
+  <si>
+    <t>"Autoriza a abertura de crédito especial na Lei Orçamentária Anual do exercício financeiro de 2026, Lei nº 4.622, de 22 de dezembro de 2025 e dá outras providências."</t>
+  </si>
+  <si>
+    <t>2662</t>
+  </si>
+  <si>
+    <t>3587</t>
+  </si>
+  <si>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2662/pl-_3587_-_consep_executivo.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a transferência de recursos públicos por meio de contribuição ao CONSEP IV - Conselho Comunitário de Segurança Pública de Coronel Fabriciano/MG.</t>
+  </si>
+  <si>
+    <t>2663</t>
+  </si>
+  <si>
+    <t>3588</t>
+  </si>
+  <si>
+    <t>CANÍDIA</t>
+  </si>
+  <si>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2663/pl-3588_-_denomina_praca_-_canidia.doc</t>
+  </si>
+  <si>
+    <t>Denomina como Praça Francisco Pereira da Silva, a praça a ser construída na Rua Vereador José Anastácio Barbosa, no bairro São Vicente, em frente ao Condomínio Buritis no Município de Coronel Fabriciano.</t>
+  </si>
+  <si>
+    <t>2667</t>
+  </si>
+  <si>
+    <t>3589</t>
+  </si>
+  <si>
+    <t>VALDIR VIEIRA DA SILVA</t>
+  </si>
+  <si>
+    <t>Denomina Centro Municipal de Educação Infantil - CMEI  no Município de Coronel Fabriciano e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2668</t>
+  </si>
+  <si>
+    <t>3590</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a implantação de estacionamento rotativo diurno na Praça da Estação no Horário comercial (8h as 18h), localizada na Rua na Rua Pedro Nolasco, no Município de Coronel Fabriciano.</t>
+  </si>
+  <si>
+    <t>2669</t>
+  </si>
+  <si>
+    <t>3591</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a parceria entre as Secretarias Municipal de Saúde e Assistência Social a Associação São Vicente de Paulo (Vicentino) para apoio social e encaminhamento de pessoas em situação de vulnerabilidade para atendimento na rede pública de saúde e assistência social, no Município de Coronel Fabriciano, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2670</t>
+  </si>
+  <si>
+    <t>3592</t>
+  </si>
+  <si>
+    <t>Denomina Praça no Município de Coronel Fabriciano e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2672</t>
+  </si>
+  <si>
+    <t>3593</t>
+  </si>
+  <si>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2672/pl_-_3593_-_conselho_municipal_de_esporte_e_lazer__executio_municipal.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre a criação, composição, competência e funcionamento do Conselho Municipal de Esporte e Lazer do Município de Coronel Fabriciano e dá outras providências."</t>
+  </si>
+  <si>
+    <t>2673</t>
+  </si>
+  <si>
+    <t>3594</t>
+  </si>
+  <si>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2673/pl_-_3594_-_bolsa_atleta-__executio_municipal.pdf</t>
+  </si>
+  <si>
+    <t>"Institui o Programa Bolsa-Atleta no Município de Coronel Fabriciano e dá outras providências."</t>
+  </si>
+  <si>
+    <t>2674</t>
+  </si>
+  <si>
+    <t>3595</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre alterações na Lei Municipal nº 4153/2017 e dá outras providências."</t>
+  </si>
+  <si>
+    <t>2675</t>
+  </si>
+  <si>
+    <t>3596</t>
+  </si>
+  <si>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2675/pl-_3596_-_altera_lei_4.147.17_estagiarios.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei nº 4.147 de 27 de outubro de 2017 que dispõe sobre a realização de estágio em órgãos da Administração Municipal e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2678</t>
+  </si>
+  <si>
+    <t>3597</t>
+  </si>
+  <si>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2678/pl_-_3597_-__denomina_rua_dos_coqueiros-_horto_baratinha_beto_cavaleiro.docx</t>
+  </si>
+  <si>
+    <t>Denomina com Rua dos Coqueiros a via pública localizada no Condomínio JM, no Horto Baratinha, no Municipio de Coronel Fabriciano.</t>
+  </si>
+  <si>
+    <t>2679</t>
+  </si>
+  <si>
+    <t>3598</t>
+  </si>
+  <si>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2679/pl_-_3598_-__denomina_rua_das_pedras-_horto_baratinhabeto_cavaleiro.docx</t>
+  </si>
+  <si>
+    <t>Denomina com Rua das Pedras  a via pública localizada no Residencial Aconchego, na localidade conhecida como Horto Baratinha, no Município de Coronel Fabriciano.</t>
+  </si>
+  <si>
+    <t>2681</t>
+  </si>
+  <si>
+    <t>3599</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o Programa "Ponto Amigo" Instituindo parceria público-privada para manutenção e melhorias em de transporte coletivo, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2685</t>
+  </si>
+  <si>
+    <t>3600</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a concessão de folga compensatória aos servidores públicos municipais que atuarem como jurados no Tribunal do Júri e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2687</t>
+  </si>
+  <si>
+    <t>3601</t>
+  </si>
+  <si>
+    <t>LEY WANDERLEY</t>
+  </si>
+  <si>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2687/projetodelei028_2026.docx</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a observância da exigência de certidão de antecedentes criminais por instituições que desenvolvam atividades com crianças e adolescentes no Município de Coronel Fabriciano, em conformidade com a legislação federal, e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>2688</t>
+  </si>
+  <si>
+    <t>3602</t>
+  </si>
+  <si>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2688/projeto_de_lei_no_---2026.pdf</t>
+  </si>
+  <si>
+    <t>“ Denomina “Ponte Divino Lopes Fialho” a ponte a ser construída interligando a Rua Bolívia, no Bairro Santa Cruz, à Rua 09, no Bairro Santa Inês, no Município de Coronel Fabriciano.”</t>
+  </si>
+  <si>
+    <t>2689</t>
+  </si>
+  <si>
+    <t>3603</t>
+  </si>
+  <si>
+    <t>Denomina como José Batista Martins o futuro Centro Municipal de Educação Infantil( CMEI) a ser construído na Praça Céu, no Bairro Melo Viana, no Município de Coronel Fabriciano.</t>
+  </si>
+  <si>
     <t>2634</t>
   </si>
   <si>
     <t>1602</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2634/pr-_1.602_-_diploma_merito_desportivo_1602.pdf</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2634/pr-_1.602_-_diploma_merito_desportivo_1602.pdf</t>
   </si>
   <si>
     <t>Concede Diploma do Mérito Desportivo ao senhor Gilmar Lopes de Souza.</t>
   </si>
   <si>
+    <t>2640</t>
+  </si>
+  <si>
+    <t>1603</t>
+  </si>
+  <si>
+    <t>Concede a Medalha Coronel Fabriciano Felisberto de Brito ao Senhor Jobson Arruda de Almeida.</t>
+  </si>
+  <si>
+    <t>2642</t>
+  </si>
+  <si>
+    <t>1604</t>
+  </si>
+  <si>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2642/pr-1.604_-_diploma_merito_desportivo-_breno_mendes_ferreira-_adriano.docx</t>
+  </si>
+  <si>
+    <t>Concede Diploma do Mérito Desportivo ao senhor Breno Mendes Ferreira.</t>
+  </si>
+  <si>
+    <t>2671</t>
+  </si>
+  <si>
+    <t>1605</t>
+  </si>
+  <si>
+    <t>LUGÃO</t>
+  </si>
+  <si>
+    <t>"Concede Título de Cidadania Honoraria ao Senhor Márcio Gontijo da Silva.”</t>
+  </si>
+  <si>
+    <t>2680</t>
+  </si>
+  <si>
+    <t>1606</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a concessão do Diploma Serjão do Casib de Embaixador da Paz e do Social à Senhora Madre Teresinha do Menino Jesus, cujo nome civil é Nadir Moreira Oliveira.</t>
+  </si>
+  <si>
+    <t>2682</t>
+  </si>
+  <si>
+    <t>1607</t>
+  </si>
+  <si>
+    <t>Altera dispositivo da Resolução nº 369/2009 que Estabelece o Regimento Interno da Câmara Municipal de Coronel Fabriciano.</t>
+  </si>
+  <si>
+    <t>2686</t>
+  </si>
+  <si>
+    <t>1608</t>
+  </si>
+  <si>
+    <t>Concede Diploma do Mérito Desportivo ao Senhor Adilson Begatti.</t>
+  </si>
+  <si>
+    <t>2690</t>
+  </si>
+  <si>
+    <t>1609</t>
+  </si>
+  <si>
+    <t>2691</t>
+  </si>
+  <si>
+    <t>1610</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a concessão do Diploma Serjão do Casib de Embaixador da Paz e do Social à senhora Janete Vieira.</t>
+  </si>
+  <si>
     <t>2627</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
-    <t>CRISTIANO DO CAIS</t>
-[...1 lines deleted...]
-  <si>
     <t>Requer Moção de aplausos a Cantora Isadora Pompeo, pelos relevantes serviços prestados no Festival Gospel.</t>
   </si>
   <si>
     <t>2628</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Requer seja oficiado o Prefeito Municipal de Coronel Fabriciano para que preste informações sobre PREVCEL.</t>
   </si>
   <si>
     <t>2629</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2629/requerimento_03_-_audiencia_publica_bemisa__adriano_e_lugao.docx</t>
+  </si>
+  <si>
     <t>Requer realização de Audiência Pública para tratar sobre as atividades de mineração desenvolvidas pela empresa BEMISA HOLDING S/A no Município de Coronel Fabriciano.</t>
   </si>
   <si>
     <t>2630</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2630/requerimento_no_04_-_requerimento_ivan.pdf</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2630/requerimento_no_04_-_requerimento_ivan.pdf</t>
   </si>
   <si>
     <t>Requer seja encaminhada "Moção de Aplausos" ao Senhor Ivan César de Oliveira Bastos, pelos relevantes serviços prestados ao Município de Coronel Fabriciano.</t>
   </si>
   <si>
     <t>2632</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>LUGÃO</t>
-[...2 lines deleted...]
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2632/requerimetno_05_-_mocao_de_aplausos_dr._ronaldo_-_lugao.pdf</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2632/requerimetno_05_-_mocao_de_aplausos_dr._ronaldo_-_lugao.pdf</t>
   </si>
   <si>
     <t>Requer seja enviada “Moção de Aplausos” ao Dr. Ronaldo Souza Borges, pelos relevantes serviços prestados ao Município de Coronel Fabriciano/MG.</t>
   </si>
   <si>
     <t>2633</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>MARCELO SOARES DE ALMEIDA</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2633/requerimento_06_-_mocao_de_aplausos_marcio_menezes.pdf</t>
   </si>
   <si>
     <t>Requer seja enviada "Moção de Aplausos" ao ilustre Senhor Márcio Alves Menezes Ferreira, Diretor Geral do Presídio de Coronel Fabriciano, pelo brilhantismo e dedicação com que conduz, a gestão prisional, contribuindo de forma indelével para o fortalecimento da segurança pública em nossa região.</t>
   </si>
   <si>
     <t>2635</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2635/requerimento_07_-__de_audiencia_publica_para_a_copasa_1.pdf</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2635/requerimento_07_-__de_audiencia_publica_para_a_copasa_1.pdf</t>
   </si>
   <si>
     <t>Requer seja marcada Audiência Pública para apurar falhas no abastecimento de água nas redes coletoras e interceptoras do esgotamento sanitário de Coronel Fabriciano, poluição e cobrança indevida de tratamento de esgoto.</t>
   </si>
   <si>
+    <t>2638</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>Requer agendamento de Audiência Pública para tratar sobre a licitação do transporte público municipal.</t>
+  </si>
+  <si>
+    <t>2641</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>Requer ao Executivo Municipal que seja encaminhado a esta Casa Legislativa o projeto de regulamentação do Programa Bolsa Atleta no Município de Coronel Fabriciano, com previsão de implantação para o exercício de 2026.</t>
+  </si>
+  <si>
+    <t>2646</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>Requer seja marcada Audiência Pública para tratar sobre a contratação da operação de crédito vinculada ao Parque Linear e o respectivo projeto executivo do empreendimento.</t>
+  </si>
+  <si>
+    <t>2647</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>Requer seja enviada "Moção de Aplausos" para Associação de Artesãos de Coronel Fabriciano - ART Minas Fabri, em reconhecimento ao relevante trabalho desenvolvido em prol da valorização do artesanato local, da cultura e da geração de renda em nosso município.</t>
+  </si>
+  <si>
+    <t>2648</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>Requer seja enviada "Moção de Aplausos" ao Senhor Ronilton Augusto Ferreira, em reconhecimento à sua trajetória tem somado de forma significativa com a nossa cidade, realizando um trabalho sério, responsável e de grande importância para a população.</t>
+  </si>
+  <si>
+    <t>2649</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>Requer seja enviada "Moção de Aplausos" ao Pr. Diogo Faustino, por ser uma home de Deus, que segue firme na obra do Senhor, servindo com excelência, amor e propósito, abrindo mão de seus próprios planos para cumprir seu propósito.</t>
+  </si>
+  <si>
+    <t>2650</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>Requer seja enviada "Moção de Aplausos" a Sra. Maria de Fatima Melo, nosso reconhecimento e gratidão por somar com a cidade, prestando um excelente serviço público, sempre com profissionalismo e respeito à população.</t>
+  </si>
+  <si>
+    <t>2651</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>Requer seja envida "Moção de Aplausos" ao Sr. Daldirley Elvio Conrado Almeida, em reconhecimento a sua trajetória notória e inspirador, destacou-se inicialmente por sua atuação junto à juventude, sempre demonstrando liderança, compromisso social e visão de futuro.</t>
+  </si>
+  <si>
+    <t>2652</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2652/jones_2026_requerimento_audiencia_publica_-_bc_violencia_contra_a_mulher_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Requer a realização de Audiência Pública para tratar sobre o crescente número de casos de feminicídio e demais formas de violência contra a mulher no Município de Coronel Fabriciano/MG.</t>
+  </si>
+  <si>
+    <t>2655</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>Requer a realização de um audiência pública como objetivo de discutir políticas públicas de apoio e a criação/ fortalecimento de projetos de incentivo financeiro aos atletas do Município de Coronel Fabriciano.</t>
+  </si>
+  <si>
+    <t>2664</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>PAULINHO</t>
+  </si>
+  <si>
+    <t>Requer Moção de aplausos a empresa Express Pizza, pelo trabalho realizado no comércio desde o ano de 2023 em Coronel Fabriciano.</t>
+  </si>
+  <si>
+    <t>2665</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>Requer Moção de aplausos ao Time de Futebol Borussia, pelo trabalho realizado no esporte amador desde o ano de 2019 em Coronel Fabriciano.</t>
+  </si>
+  <si>
+    <t>2666</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>Requer Moção de aplausos a Empresa Maeli Turismo, pelo trabalho realizado no Vale do Aço há mais de 21 anos, proporcionando viagem pelo Brasil e no mundo.</t>
+  </si>
+  <si>
+    <t>2676</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>Requer realização de Audiência Pública com o objetivo de discutir o pagamento do Piso Salarial dos Professores da Rede Municipal de ensino, bem como  discutir a valorização dos profissionais da educação e os impactos do cumprimento da legislação vigente no âmbito do município.</t>
+  </si>
+  <si>
+    <t>2677</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>Requer realização de Audiência Pública com a finalidade de debater a qualidade do atendimento prestado à população no Hospital Dr. José Maria de Moraes, unidade integrante da rede pública municipal de saúde.</t>
+  </si>
+  <si>
+    <t>2684</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>Requer realização de Audiência Pública para tratar do seguinte tema: aumento nas avaliações do Imposto sobre a transmissão de Bens Imóveis (ITBI) realizadas pelo Poder Executivo Municipal.</t>
+  </si>
+  <si>
+    <t>2692</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>Requer  Moção de Aplausos ao Sra. Madre Teresinha do Menino Jesus - Nadir Moreira Oliveira.</t>
+  </si>
+  <si>
     <t>2631</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
-    <t>ZEZINHO DO SINTTROCEL</t>
-[...1 lines deleted...]
-  <si>
     <t>Indica ao Executivo Municipal a utilização da pista de atletismo da Escola do Futuro, localizada no bairro Nova Fabriciano, por atletas do município fora dos horários de aula da escola.</t>
   </si>
   <si>
+    <t>2639</t>
+  </si>
+  <si>
+    <t>Indica ao poder Executivo Municipal a viabilização de recurso financeiros, por meio de subvenção social ou instrumento congênere legalmente adequado, em favor do Centro de Assistência Social e Incentivo ao Bem - CASIB, para manutenção e ampliação do projeto social "Escolinha de Futebol".</t>
+  </si>
+  <si>
+    <t>2653</t>
+  </si>
+  <si>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2653/timbrado_2024.doc</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal o fornecimento gratuito do equipamento FreeStyle Libre (sistema de monitoramento contínuo de glicose) aos pacientes diagnosticados com Diabetes Mellitus Tipo 1 no âmbito do Município.</t>
+  </si>
+  <si>
+    <t>2659</t>
+  </si>
+  <si>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2659/indica_4.pdf</t>
+  </si>
+  <si>
+    <t>“Indica ao Poder Executivo Municipal que proceda a estudo técnico e jurídico para eventual reenquadramento funcional de Auxiliares de Enfermagem para o cargo de Técnico de Enfermagem, mediante critérios legais.”</t>
+  </si>
+  <si>
+    <t>2683</t>
+  </si>
+  <si>
+    <t>Indica Elaboração de Projeto de Lei para estender a isenção de IPTU às pessoas com deficiência de baixa renda que residam em imóveis locados no Município de Coronel Fabriciano.</t>
+  </si>
+  <si>
     <t>2625</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2625/decreto_legislativo_no_01-recomposicao_de_perdas_inflacionarias-servidores_do_legislativo.docx</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2625/decreto_legislativo_no_01-recomposicao_de_perdas_inflacionarias-servidores_do_legislativo.docx</t>
   </si>
   <si>
     <t>“Dispõe sobre a revisão geral anual da remuneração dos servidores públicos da Câmara Municipal de Coronel Fabriciano e dá outras providências.”</t>
   </si>
   <si>
     <t>2626</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2626/decreto_legislativo_no_02-recomposicao_de_perdas_inflacionarias_agente_politico.docx</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2626/decreto_legislativo_no_02-recomposicao_de_perdas_inflacionarias_agente_politico.docx</t>
   </si>
   <si>
     <t>“Dispõe sobre a recomposição das perdas inflacionárias dos subsídios dos agentes políticos do Município de Coronel Fabriciano e dá outras providências.”</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -636,67 +1188,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2621/pl-_3572-_fiacao_-_bruno_lazaro.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2622/pl_-_3573_-_recompoe_as_perdas_inflacionarias_relativas_ao_ano_de_2025_-_servidores_municipais.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2623/pl_-_3574_-_altera_artigo_6_da_lei_3844.2013_-_executivo_municipal.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2624/pl_-_3575_-_recomposicao_das_perdas_inflacionarias_agentes_politicos__mesa_diretora.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2636/pl_-_3576_-_pl_marcacao_de_consultas_e_exame_3.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2637/pl_-_3577_-_projeto_utilidade_publica_equoterapia_-_beto_cavaleiro.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2634/pr-_1.602_-_diploma_merito_desportivo_1602.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2630/requerimento_no_04_-_requerimento_ivan.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2632/requerimetno_05_-_mocao_de_aplausos_dr._ronaldo_-_lugao.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2635/requerimento_07_-__de_audiencia_publica_para_a_copasa_1.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2625/decreto_legislativo_no_01-recomposicao_de_perdas_inflacionarias-servidores_do_legislativo.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2626/decreto_legislativo_no_02-recomposicao_de_perdas_inflacionarias_agente_politico.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2621/pl-_3572-_fiacao_-_bruno_lazaro.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2622/pl_-_3573_-_recompoe_as_perdas_inflacionarias_relativas_ao_ano_de_2025_-_servidores_municipais.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2623/pl_-_3574_-_altera_artigo_6_da_lei_3844.2013_-_executivo_municipal.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2624/pl_-_3575_-_recomposicao_das_perdas_inflacionarias_agentes_politicos__mesa_diretora.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2636/pl_-_3576_-_pl_marcacao_de_consultas_e_exame_3.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2637/pl_-_3577_-_projeto_utilidade_publica_equoterapia_-_beto_cavaleiro.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2645/pl-_3580_-_utilidade_publica_2026_igreja.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2654/pl_-_utilidade_publica_1.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2660/pl-_3585_-_educa___executivo_site.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2661/pl-_3586_-_altera_loa_2026_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2662/pl-_3587_-_consep_executivo.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2663/pl-3588_-_denomina_praca_-_canidia.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2672/pl_-_3593_-_conselho_municipal_de_esporte_e_lazer__executio_municipal.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2673/pl_-_3594_-_bolsa_atleta-__executio_municipal.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2675/pl-_3596_-_altera_lei_4.147.17_estagiarios.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2678/pl_-_3597_-__denomina_rua_dos_coqueiros-_horto_baratinha_beto_cavaleiro.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2679/pl_-_3598_-__denomina_rua_das_pedras-_horto_baratinhabeto_cavaleiro.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2687/projetodelei028_2026.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2688/projeto_de_lei_no_---2026.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2634/pr-_1.602_-_diploma_merito_desportivo_1602.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2642/pr-1.604_-_diploma_merito_desportivo-_breno_mendes_ferreira-_adriano.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2629/requerimento_03_-_audiencia_publica_bemisa__adriano_e_lugao.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2630/requerimento_no_04_-_requerimento_ivan.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2632/requerimetno_05_-_mocao_de_aplausos_dr._ronaldo_-_lugao.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2633/requerimento_06_-_mocao_de_aplausos_marcio_menezes.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2635/requerimento_07_-__de_audiencia_publica_para_a_copasa_1.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2652/jones_2026_requerimento_audiencia_publica_-_bc_violencia_contra_a_mulher_assinado.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2653/timbrado_2024.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2659/indica_4.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2625/decreto_legislativo_no_01-recomposicao_de_perdas_inflacionarias-servidores_do_legislativo.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2026/2626/decreto_legislativo_no_02-recomposicao_de_perdas_inflacionarias_agente_politico.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H19"/>
+  <dimension ref="A1:H74"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="29.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="175.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="174.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -875,345 +1427,1815 @@
       </c>
       <c r="E8" t="s">
         <v>12</v>
       </c>
       <c r="F8" t="s">
         <v>42</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>43</v>
       </c>
       <c r="H8" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>45</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>46</v>
       </c>
       <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" t="s">
         <v>47</v>
       </c>
-      <c r="E9" t="s">
+      <c r="G9" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H9" t="s">
         <v>48</v>
-      </c>
-[...7 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>50</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F10" t="s">
+        <v>47</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H10" t="s">
         <v>51</v>
-      </c>
-[...19 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="D11" t="s">
-        <v>53</v>
+        <v>11</v>
       </c>
       <c r="E11" t="s">
+        <v>12</v>
+      </c>
+      <c r="F11" t="s">
         <v>54</v>
       </c>
-      <c r="F11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G11" s="1" t="s">
-        <v>14</v>
+        <v>55</v>
       </c>
       <c r="H11" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
+        <v>57</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>58</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>12</v>
+      </c>
+      <c r="F12" t="s">
+        <v>59</v>
+      </c>
+      <c r="G12" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="B12" t="s">
-[...2 lines deleted...]
-      <c r="C12" t="s">
+      <c r="H12" t="s">
         <v>61</v>
-      </c>
-[...13 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
+        <v>62</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
         <v>63</v>
       </c>
-      <c r="B13" t="s">
-[...2 lines deleted...]
-      <c r="C13" t="s">
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" t="s">
         <v>64</v>
       </c>
-      <c r="D13" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G13" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H13" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
+        <v>66</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
         <v>67</v>
       </c>
-      <c r="B14" t="s">
-[...2 lines deleted...]
-      <c r="C14" t="s">
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F14" t="s">
+        <v>64</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H14" t="s">
         <v>68</v>
-      </c>
-[...13 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="D15" t="s">
-        <v>53</v>
+        <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>54</v>
+        <v>12</v>
       </c>
       <c r="F15" t="s">
-        <v>74</v>
+        <v>64</v>
       </c>
       <c r="G15" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H15" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="D16" t="s">
-        <v>53</v>
+        <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>54</v>
+        <v>12</v>
       </c>
       <c r="F16" t="s">
-        <v>42</v>
+        <v>23</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="H16" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>52</v>
+        <v>77</v>
       </c>
       <c r="D17" t="s">
-        <v>81</v>
+        <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>82</v>
+        <v>12</v>
       </c>
       <c r="F17" t="s">
-        <v>83</v>
+        <v>23</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>14</v>
+        <v>78</v>
       </c>
       <c r="H17" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>52</v>
+        <v>81</v>
       </c>
       <c r="D18" t="s">
-        <v>86</v>
+        <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>87</v>
+        <v>12</v>
       </c>
       <c r="F18" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>88</v>
+        <v>82</v>
       </c>
       <c r="H18" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
+        <v>84</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>85</v>
+      </c>
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
+        <v>12</v>
+      </c>
+      <c r="F19" t="s">
+        <v>86</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="H19" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>89</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
         <v>90</v>
       </c>
-      <c r="B19" t="s">
-[...11 lines deleted...]
-      <c r="F19" t="s">
+      <c r="D20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" t="s">
+        <v>12</v>
+      </c>
+      <c r="F20" t="s">
+        <v>91</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H20" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>93</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>94</v>
+      </c>
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
+        <v>12</v>
+      </c>
+      <c r="F21" t="s">
+        <v>47</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H21" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>96</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>97</v>
+      </c>
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
+        <v>12</v>
+      </c>
+      <c r="F22" t="s">
+        <v>47</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H22" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>99</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>100</v>
+      </c>
+      <c r="D23" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
+        <v>12</v>
+      </c>
+      <c r="F23" t="s">
+        <v>91</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H23" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>102</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>103</v>
+      </c>
+      <c r="D24" t="s">
+        <v>11</v>
+      </c>
+      <c r="E24" t="s">
+        <v>12</v>
+      </c>
+      <c r="F24" t="s">
+        <v>23</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="H24" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>106</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>107</v>
+      </c>
+      <c r="D25" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" t="s">
+        <v>12</v>
+      </c>
+      <c r="F25" t="s">
+        <v>23</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="H25" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>110</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>111</v>
+      </c>
+      <c r="D26" t="s">
+        <v>11</v>
+      </c>
+      <c r="E26" t="s">
+        <v>12</v>
+      </c>
+      <c r="F26" t="s">
         <v>32</v>
       </c>
-      <c r="G19" s="1" t="s">
+      <c r="G26" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H26" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>113</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>114</v>
+      </c>
+      <c r="D27" t="s">
+        <v>11</v>
+      </c>
+      <c r="E27" t="s">
+        <v>12</v>
+      </c>
+      <c r="F27" t="s">
+        <v>23</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="H27" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>117</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>118</v>
+      </c>
+      <c r="D28" t="s">
+        <v>11</v>
+      </c>
+      <c r="E28" t="s">
+        <v>12</v>
+      </c>
+      <c r="F28" t="s">
+        <v>42</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="H28" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>121</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>122</v>
+      </c>
+      <c r="D29" t="s">
+        <v>11</v>
+      </c>
+      <c r="E29" t="s">
+        <v>12</v>
+      </c>
+      <c r="F29" t="s">
+        <v>42</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="H29" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>125</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>126</v>
+      </c>
+      <c r="D30" t="s">
+        <v>11</v>
+      </c>
+      <c r="E30" t="s">
+        <v>12</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H30" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>128</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>129</v>
+      </c>
+      <c r="D31" t="s">
+        <v>11</v>
+      </c>
+      <c r="E31" t="s">
+        <v>12</v>
+      </c>
+      <c r="F31" t="s">
+        <v>47</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H31" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>131</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>132</v>
+      </c>
+      <c r="D32" t="s">
+        <v>11</v>
+      </c>
+      <c r="E32" t="s">
+        <v>12</v>
+      </c>
+      <c r="F32" t="s">
+        <v>133</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="H32" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>136</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>137</v>
+      </c>
+      <c r="D33" t="s">
+        <v>11</v>
+      </c>
+      <c r="E33" t="s">
+        <v>12</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="H33" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>140</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>141</v>
+      </c>
+      <c r="D34" t="s">
+        <v>11</v>
+      </c>
+      <c r="E34" t="s">
+        <v>12</v>
+      </c>
+      <c r="F34" t="s">
+        <v>42</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H34" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>143</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>144</v>
+      </c>
+      <c r="D35" t="s">
+        <v>145</v>
+      </c>
+      <c r="E35" t="s">
+        <v>146</v>
+      </c>
+      <c r="F35" t="s">
+        <v>18</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="H35" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>149</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>150</v>
+      </c>
+      <c r="D36" t="s">
+        <v>145</v>
+      </c>
+      <c r="E36" t="s">
+        <v>146</v>
+      </c>
+      <c r="F36" t="s">
+        <v>42</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H36" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>152</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>153</v>
+      </c>
+      <c r="D37" t="s">
+        <v>145</v>
+      </c>
+      <c r="E37" t="s">
+        <v>146</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="H37" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>156</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>157</v>
+      </c>
+      <c r="D38" t="s">
+        <v>145</v>
+      </c>
+      <c r="E38" t="s">
+        <v>146</v>
+      </c>
+      <c r="F38" t="s">
+        <v>158</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H38" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>160</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>161</v>
+      </c>
+      <c r="D39" t="s">
+        <v>145</v>
+      </c>
+      <c r="E39" t="s">
+        <v>146</v>
+      </c>
+      <c r="F39" t="s">
         <v>91</v>
       </c>
-      <c r="H19" t="s">
-        <v>92</v>
+      <c r="G39" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H39" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" t="s">
+        <v>163</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>164</v>
+      </c>
+      <c r="D40" t="s">
+        <v>145</v>
+      </c>
+      <c r="E40" t="s">
+        <v>146</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H40" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
+        <v>166</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>167</v>
+      </c>
+      <c r="D41" t="s">
+        <v>145</v>
+      </c>
+      <c r="E41" t="s">
+        <v>146</v>
+      </c>
+      <c r="F41" t="s">
+        <v>91</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H41" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" t="s">
+        <v>169</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>170</v>
+      </c>
+      <c r="D42" t="s">
+        <v>145</v>
+      </c>
+      <c r="E42" t="s">
+        <v>146</v>
+      </c>
+      <c r="F42" t="s">
+        <v>91</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H42" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" t="s">
+        <v>171</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>172</v>
+      </c>
+      <c r="D43" t="s">
+        <v>145</v>
+      </c>
+      <c r="E43" t="s">
+        <v>146</v>
+      </c>
+      <c r="F43" t="s">
+        <v>91</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H43" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s">
+        <v>174</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>175</v>
+      </c>
+      <c r="D44" t="s">
+        <v>176</v>
+      </c>
+      <c r="E44" t="s">
+        <v>177</v>
+      </c>
+      <c r="F44" t="s">
+        <v>54</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H44" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" t="s">
+        <v>179</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>180</v>
+      </c>
+      <c r="D45" t="s">
+        <v>176</v>
+      </c>
+      <c r="E45" t="s">
+        <v>177</v>
+      </c>
+      <c r="F45" t="s">
+        <v>37</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H45" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" t="s">
+        <v>182</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>183</v>
+      </c>
+      <c r="D46" t="s">
+        <v>176</v>
+      </c>
+      <c r="E46" t="s">
+        <v>177</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="H46" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" t="s">
+        <v>186</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>187</v>
+      </c>
+      <c r="D47" t="s">
+        <v>176</v>
+      </c>
+      <c r="E47" t="s">
+        <v>177</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="H47" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" t="s">
+        <v>190</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>191</v>
+      </c>
+      <c r="D48" t="s">
+        <v>176</v>
+      </c>
+      <c r="E48" t="s">
+        <v>177</v>
+      </c>
+      <c r="F48" t="s">
+        <v>158</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="H48" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" t="s">
+        <v>194</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>195</v>
+      </c>
+      <c r="D49" t="s">
+        <v>176</v>
+      </c>
+      <c r="E49" t="s">
+        <v>177</v>
+      </c>
+      <c r="F49" t="s">
+        <v>64</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="H49" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" t="s">
+        <v>198</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>199</v>
+      </c>
+      <c r="D50" t="s">
+        <v>176</v>
+      </c>
+      <c r="E50" t="s">
+        <v>177</v>
+      </c>
+      <c r="F50" t="s">
+        <v>42</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="H50" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" t="s">
+        <v>202</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>203</v>
+      </c>
+      <c r="D51" t="s">
+        <v>176</v>
+      </c>
+      <c r="E51" t="s">
+        <v>177</v>
+      </c>
+      <c r="F51" t="s">
+        <v>42</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H51" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" t="s">
+        <v>205</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>206</v>
+      </c>
+      <c r="D52" t="s">
+        <v>176</v>
+      </c>
+      <c r="E52" t="s">
+        <v>177</v>
+      </c>
+      <c r="F52" t="s">
+        <v>59</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H52" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" t="s">
+        <v>208</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>209</v>
+      </c>
+      <c r="D53" t="s">
+        <v>176</v>
+      </c>
+      <c r="E53" t="s">
+        <v>177</v>
+      </c>
+      <c r="F53" t="s">
+        <v>42</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H53" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" t="s">
+        <v>211</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>212</v>
+      </c>
+      <c r="D54" t="s">
+        <v>176</v>
+      </c>
+      <c r="E54" t="s">
+        <v>177</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H54" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" t="s">
+        <v>214</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>215</v>
+      </c>
+      <c r="D55" t="s">
+        <v>176</v>
+      </c>
+      <c r="E55" t="s">
+        <v>177</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H55" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" t="s">
+        <v>217</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>218</v>
+      </c>
+      <c r="D56" t="s">
+        <v>176</v>
+      </c>
+      <c r="E56" t="s">
+        <v>177</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H56" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" t="s">
+        <v>220</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>221</v>
+      </c>
+      <c r="D57" t="s">
+        <v>176</v>
+      </c>
+      <c r="E57" t="s">
+        <v>177</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H57" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="s">
+        <v>223</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>224</v>
+      </c>
+      <c r="D58" t="s">
+        <v>176</v>
+      </c>
+      <c r="E58" t="s">
+        <v>177</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H58" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" t="s">
+        <v>226</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>227</v>
+      </c>
+      <c r="D59" t="s">
+        <v>176</v>
+      </c>
+      <c r="E59" t="s">
+        <v>177</v>
+      </c>
+      <c r="F59" t="s">
+        <v>42</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="H59" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" t="s">
+        <v>230</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>231</v>
+      </c>
+      <c r="D60" t="s">
+        <v>176</v>
+      </c>
+      <c r="E60" t="s">
+        <v>177</v>
+      </c>
+      <c r="F60" t="s">
+        <v>59</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H60" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" t="s">
+        <v>233</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>234</v>
+      </c>
+      <c r="D61" t="s">
+        <v>176</v>
+      </c>
+      <c r="E61" t="s">
+        <v>177</v>
+      </c>
+      <c r="F61" t="s">
+        <v>235</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H61" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62" t="s">
+        <v>237</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>238</v>
+      </c>
+      <c r="D62" t="s">
+        <v>176</v>
+      </c>
+      <c r="E62" t="s">
+        <v>177</v>
+      </c>
+      <c r="F62" t="s">
+        <v>235</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H62" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63" t="s">
+        <v>240</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>241</v>
+      </c>
+      <c r="D63" t="s">
+        <v>176</v>
+      </c>
+      <c r="E63" t="s">
+        <v>177</v>
+      </c>
+      <c r="F63" t="s">
+        <v>235</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H63" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" t="s">
+        <v>243</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>244</v>
+      </c>
+      <c r="D64" t="s">
+        <v>176</v>
+      </c>
+      <c r="E64" t="s">
+        <v>177</v>
+      </c>
+      <c r="F64" t="s">
+        <v>59</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H64" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" t="s">
+        <v>246</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>247</v>
+      </c>
+      <c r="D65" t="s">
+        <v>176</v>
+      </c>
+      <c r="E65" t="s">
+        <v>177</v>
+      </c>
+      <c r="F65" t="s">
+        <v>59</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H65" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" t="s">
+        <v>249</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>250</v>
+      </c>
+      <c r="D66" t="s">
+        <v>176</v>
+      </c>
+      <c r="E66" t="s">
+        <v>177</v>
+      </c>
+      <c r="F66" t="s">
+        <v>59</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H66" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" t="s">
+        <v>252</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>253</v>
+      </c>
+      <c r="D67" t="s">
+        <v>176</v>
+      </c>
+      <c r="E67" t="s">
+        <v>177</v>
+      </c>
+      <c r="F67" t="s">
+        <v>91</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H67" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" t="s">
+        <v>255</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>175</v>
+      </c>
+      <c r="D68" t="s">
+        <v>256</v>
+      </c>
+      <c r="E68" t="s">
+        <v>257</v>
+      </c>
+      <c r="F68" t="s">
+        <v>59</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H68" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" t="s">
+        <v>259</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>180</v>
+      </c>
+      <c r="D69" t="s">
+        <v>256</v>
+      </c>
+      <c r="E69" t="s">
+        <v>257</v>
+      </c>
+      <c r="F69" t="s">
+        <v>91</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H69" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70" t="s">
+        <v>261</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>183</v>
+      </c>
+      <c r="D70" t="s">
+        <v>256</v>
+      </c>
+      <c r="E70" t="s">
+        <v>257</v>
+      </c>
+      <c r="F70" t="s">
+        <v>59</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="H70" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" t="s">
+        <v>264</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>187</v>
+      </c>
+      <c r="D71" t="s">
+        <v>256</v>
+      </c>
+      <c r="E71" t="s">
+        <v>257</v>
+      </c>
+      <c r="F71" t="s">
+        <v>47</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="H71" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" t="s">
+        <v>267</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>191</v>
+      </c>
+      <c r="D72" t="s">
+        <v>256</v>
+      </c>
+      <c r="E72" t="s">
+        <v>257</v>
+      </c>
+      <c r="F72" t="s">
+        <v>64</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H72" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8">
+      <c r="A73" t="s">
+        <v>269</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
+        <v>175</v>
+      </c>
+      <c r="D73" t="s">
+        <v>270</v>
+      </c>
+      <c r="E73" t="s">
+        <v>271</v>
+      </c>
+      <c r="F73" t="s">
+        <v>32</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="H73" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8">
+      <c r="A74" t="s">
+        <v>274</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>180</v>
+      </c>
+      <c r="D74" t="s">
+        <v>270</v>
+      </c>
+      <c r="E74" t="s">
+        <v>271</v>
+      </c>
+      <c r="F74" t="s">
+        <v>32</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="H74" t="s">
+        <v>276</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
+    <hyperlink ref="G33" r:id="rId32"/>
+    <hyperlink ref="G34" r:id="rId33"/>
+    <hyperlink ref="G35" r:id="rId34"/>
+    <hyperlink ref="G36" r:id="rId35"/>
+    <hyperlink ref="G37" r:id="rId36"/>
+    <hyperlink ref="G38" r:id="rId37"/>
+    <hyperlink ref="G39" r:id="rId38"/>
+    <hyperlink ref="G40" r:id="rId39"/>
+    <hyperlink ref="G41" r:id="rId40"/>
+    <hyperlink ref="G42" r:id="rId41"/>
+    <hyperlink ref="G43" r:id="rId42"/>
+    <hyperlink ref="G44" r:id="rId43"/>
+    <hyperlink ref="G45" r:id="rId44"/>
+    <hyperlink ref="G46" r:id="rId45"/>
+    <hyperlink ref="G47" r:id="rId46"/>
+    <hyperlink ref="G48" r:id="rId47"/>
+    <hyperlink ref="G49" r:id="rId48"/>
+    <hyperlink ref="G50" r:id="rId49"/>
+    <hyperlink ref="G51" r:id="rId50"/>
+    <hyperlink ref="G52" r:id="rId51"/>
+    <hyperlink ref="G53" r:id="rId52"/>
+    <hyperlink ref="G54" r:id="rId53"/>
+    <hyperlink ref="G55" r:id="rId54"/>
+    <hyperlink ref="G56" r:id="rId55"/>
+    <hyperlink ref="G57" r:id="rId56"/>
+    <hyperlink ref="G58" r:id="rId57"/>
+    <hyperlink ref="G59" r:id="rId58"/>
+    <hyperlink ref="G60" r:id="rId59"/>
+    <hyperlink ref="G61" r:id="rId60"/>
+    <hyperlink ref="G62" r:id="rId61"/>
+    <hyperlink ref="G63" r:id="rId62"/>
+    <hyperlink ref="G64" r:id="rId63"/>
+    <hyperlink ref="G65" r:id="rId64"/>
+    <hyperlink ref="G66" r:id="rId65"/>
+    <hyperlink ref="G67" r:id="rId66"/>
+    <hyperlink ref="G68" r:id="rId67"/>
+    <hyperlink ref="G69" r:id="rId68"/>
+    <hyperlink ref="G70" r:id="rId69"/>
+    <hyperlink ref="G71" r:id="rId70"/>
+    <hyperlink ref="G72" r:id="rId71"/>
+    <hyperlink ref="G73" r:id="rId72"/>
+    <hyperlink ref="G74" r:id="rId73"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>