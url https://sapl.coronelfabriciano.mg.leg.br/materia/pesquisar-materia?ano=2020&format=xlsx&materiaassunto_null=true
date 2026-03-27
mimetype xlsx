--- v0 (2025-12-25)
+++ v1 (2026-03-27)
@@ -54,2808 +54,2808 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA A LEI ORGÂNICA MUNICIPAL</t>
   </si>
   <si>
     <t>Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/807/proposta_no_44_-_altera_o_art._133_-_executivo.pdf</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/807/proposta_no_44_-_altera_o_art._133_-_executivo.pdf</t>
   </si>
   <si>
     <t>Estabelece regras para o Regime Próprio de Previdência do Município de Coronel Fabriciano, de acordo com a Emenda Constitucional nº 103/2019."</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>3043</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
     <t>ADRIANO MARTINS DE OLIVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/19/pl-3043_-utilidade_publica_associacao_bairro_mangueiras-_adriano.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/19/pl-3043_-utilidade_publica_associacao_bairro_mangueiras-_adriano.doc</t>
   </si>
   <si>
     <t>“Declara de Utilidade Pública a Associação dos moradores do Bairro Mangueiras – AMOBAM”.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>3062</t>
   </si>
   <si>
     <t>BETO CAVALEIRO</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/152/pl-3.062_-_beto__-_proibir_cobranca_taxa_esgoto_copasa.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/152/pl-3.062_-_beto__-_proibir_cobranca_taxa_esgoto_copasa.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre a proibição da cobrança de taxa ou tarifa de rede esgoto sem a efetiva prestação do serviço no Município de Coronel Fabriciano e dá outras providências.”</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>3063</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/148/pl-3.063-__executivo_-_recompoe_perdas_inflacionarias_aos_servidores_publicos.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/148/pl-3.063-__executivo_-_recompoe_perdas_inflacionarias_aos_servidores_publicos.doc</t>
   </si>
   <si>
     <t>“Recompõe as perdas inflacionárias aos Servidores Públicos Municipais de Coronel Fabriciano/MG e dá outras providências”.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>3064</t>
   </si>
   <si>
     <t>Professor Edem</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/153/pl-3.064__edem_-_dispoe_sob_o_tratamento_favorecido_para_candidatos_upa.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/153/pl-3.064__edem_-_dispoe_sob_o_tratamento_favorecido_para_candidatos_upa.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre o tratamento favorecido, diferenciado e simplificado para candidatos para trabalhar na UPA de Coronel Fabriciano.”</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>3065</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/149/pl-3.065__edem_-_dispoe_sob_autorizacao_de_implantacao_de_politicas_de_protecao_caos_e_gatos.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/149/pl-3.065__edem_-_dispoe_sob_autorizacao_de_implantacao_de_politicas_de_protecao_caos_e_gatos.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre a autorização de implantação de políticas de proteção, a identificação e o controle populacional de cães e gatos em Coronel Fabriciano e dá outras providências.”</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>3066</t>
   </si>
   <si>
     <t>MILTINHO DO SACOLÃO</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/154/pl-3.066__miltinho_-_dispoe_sobre_ainjstituicao_de_reserva_particular_ecologica.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/154/pl-3.066__miltinho_-_dispoe_sobre_ainjstituicao_de_reserva_particular_ecologica.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre a instituição, no município de Coronel Fabriciano, de reserva particular ecológica, por destinação do proprietário.”</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>3067</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/155/pl-3.067-__altera_lei_3.320_conselho_idoso_-_adriano_martins.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/155/pl-3.067-__altera_lei_3.320_conselho_idoso_-_adriano_martins.doc</t>
   </si>
   <si>
     <t>“Altera a Lei Municipal n° 3.320, de 11 de setembro de 2006, e dá outras providências.”</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>3068</t>
   </si>
   <si>
     <t>THIAGO LUCAS</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/156/pl-3.068_thiago_lucas_-_entrada_gratuita.docx</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/156/pl-3.068_thiago_lucas_-_entrada_gratuita.docx</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ENTRADA GRATUITA PARA PESSOAS COM NECESSIDADES ESPECIAIS E SEUS ACOMPANHANTES EM LOCAIS DESTINADOS A DIVERSÃO, ESPETÁCULOS TEATRAIS E MUSICAIS, EXIBIÇÕES CINEMATOGRÁFICAS, ATRAÇÕES OU EVENTOS ESPORTIVOS E ARTÍSTICOS EM GERAL, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>3069</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/157/pl_3.069-2020-_associacao_dos_municpios_mineradores.pdf</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/157/pl_3.069-2020-_associacao_dos_municpios_mineradores.pdf</t>
   </si>
   <si>
     <t>" Dispõe sobre a autorização do Município de Coronel Fabriciano/MG a associar-se a AMIG - Associação mineira dos municípios Mineradores de Minas Gerais e do Brasil."</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>3070</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/12/pl-3.070_-_escolas_publcias_e_privadas_cadeiras_portadores_tdh_-_edem.docx</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/12/pl-3.070_-_escolas_publcias_e_privadas_cadeiras_portadores_tdh_-_edem.docx</t>
   </si>
   <si>
     <t>“Obriga as escolas públicas e privadas, no âmbito do Município de Coronel Fabriciano, a disponibilizarem cadeiras em locais determinados aos portadores de transtorno de déficit de atenção e hiperatividade - TDAH.</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>3071</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/14/pl-3.071-__altera_lei_3.320_conselho_idoso_-_adriano_martins.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/14/pl-3.071-__altera_lei_3.320_conselho_idoso_-_adriano_martins.doc</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>3072</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/15/pl-3.072_-_denominacao_campo_bairro_contente-_adriano.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/15/pl-3.072_-_denominacao_campo_bairro_contente-_adriano.doc</t>
   </si>
   <si>
     <t>“Denomina-se campo de futebol do Bairro Jardim Primavera.”</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>3073</t>
   </si>
   <si>
     <t>– Carmem do Sinttrocel</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/150/pl-3.073_carmem_-_politica_municipal_de_conscientizacao_lupus.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/150/pl-3.073_carmem_-_politica_municipal_de_conscientizacao_lupus.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre a “Política Municipal de Conscientização e orientação sobre o Lúpus” e da outras providencias.”</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>3075</t>
   </si>
   <si>
     <t>Xingozinho</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/147/pl-3.075-_xingozinhocorona_moratoria_tributaria.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/147/pl-3.075-_xingozinhocorona_moratoria_tributaria.doc</t>
   </si>
   <si>
     <t>Dispõe sobre o Regime Jurídico Emergencial e Transitório das relações jurídicas de Direito Privado (RJET) no período da pandemia do Coronavírus (Covid-19).</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>3076</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/92/pl-3.076-_xingozinho.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/92/pl-3.076-_xingozinho.doc</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>3077</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/16/pl-3.077-_executivo_-_autorizacao_para_participacaono_consorcio_intermunicipal.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/16/pl-3.077-_executivo_-_autorizacao_para_participacaono_consorcio_intermunicipal.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre autorização para a participação do Município de Coronel Fabriciano/MG no Consórcio Intermunicipal Multifinalitário da Microrregião do Vale do Aço (CIMVA) e dá outras providências.”</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>3078</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/91/pl-3.078-_xingozinho_-_coronavirus_bancos.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/91/pl-3.078-_xingozinho_-_coronavirus_bancos.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre o atendimento no interior das instituições financeiras, bancos, agências de credito ou similares da obrigatoriedade de atendimento somente de usuários que estejam utilizando mascaras e da obrigatoriedade de fornecimento de álcool 70% para todos os funcionários e clientes, enquanto durar a situação de Emergência Pública causada pelo agente Coronavírus covid-19, na cidade de Coronel Fabriciano. ”</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>3079</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/17/pl-3.079_-_2020_dispoe_sobre_recebimento_de_doacao_pelo_nmunicipio_-_executivo_municipal.pdf</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/17/pl-3.079_-_2020_dispoe_sobre_recebimento_de_doacao_pelo_nmunicipio_-_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre recebimento de doação pelo Município de Coronel Fabriciano/MG e dá outras providências.”</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>3080</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/</t>
   </si>
   <si>
     <t>“Dispõe sobre a denominação de uma rua com nome Shalom, no Bairro Morada do Vale, no Município de Coronel Fabriciano e dá outras providências.”</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>3081</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/79/pl-3.081_-_beto__-__denominacao_de_logradouro_el_shadai.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/79/pl-3.081_-_beto__-__denominacao_de_logradouro_el_shadai.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre a denominação de uma rua com nome El Shaday, no Bairro Morada do Vale, no Município de Coronel Fabriciano e dá outras providências.”</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>3082</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/77/pl-3.082_-_executivo_-_altera_lei_4.156.2017_plano_plurianual_e_altera_lei_4.244.2019.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/77/pl-3.082_-_executivo_-_altera_lei_4.156.2017_plano_plurianual_e_altera_lei_4.244.2019.doc</t>
   </si>
   <si>
     <t>“Altera a Lei nº 4.156 de 28 de dezembro de 2017 que dispõe sobre o Plano Plurianual para o período de 2018 a 2021, altera a Lei nº 4.244 de 19 de junho de 2019 que dispõe sobre as Diretrizes para elaboração da Lei Orçamentária de 2019 e, autoriza a abertura de crédito especial na Lei Orçamentária Anual do exercício financeiro de 2020, Lei nº 4.288 de 17 de dezembro de 2019 e contém outras providências”.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>3083</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/75/pl-3.083_-_beto__-__denominacao_de_ubs.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/75/pl-3.083_-_beto__-__denominacao_de_ubs.doc</t>
   </si>
   <si>
     <t>“Denomina Unidade de Saúde Miguel Arruda de Lima a UBS do Cocais de Baixo, no Município de Coronel Fabriciano.”</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>3084</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/74/pl-3.084-_xingozinho_lei_maria_da_penha.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/74/pl-3.084-_xingozinho_lei_maria_da_penha.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre a obrigatoriedade do ensino de noções básicas sobre a Lei Maria da Penha nas escolas municipais do Município de Coronel Fabriciano.”</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>3085</t>
   </si>
   <si>
     <t>Marcos da Luz, Professor Edem, THIAGO LUCAS</t>
   </si>
   <si>
     <t>Dispõe sobre medidas de proteção de servidores e colaboradores, ações na área de saúde e de assistência social, bem como relativas a dilação e suspensão de prazos de concursos públicos para o enfrentamento do Coronavírus (COVID-19) no âmbito do Município de Coronel Fabriciano.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>3086</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/69/pl-3.086-_xingozinho_-_coronavirus.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/69/pl-3.086-_xingozinho_-_coronavirus.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre o atendimento no interior dos estabelecimentos comerciais com potencial aglomeração de pessoas no Município de Coronel Fabriciano/MG impondo a obrigatoriedade de uso máscaras devido a situação de Emergência Pública causada pelo agente Coronavírus covid-19 e dá outras providências.”</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>3087</t>
   </si>
   <si>
     <t>Dr. Sandro</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/67/pl-3.087-_sandro_-_empresa_amiga_da_educacao.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/67/pl-3.087-_sandro_-_empresa_amiga_da_educacao.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre a criação do programa “Empresa Amiga da Educação” no âmbito do Município de Coronel Fabriciano e dá outras providências.”</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>3088</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/65/pl-3.088_-_executivo-criacao_de_cargos_e_contratacao_temporaria_upa_e_hospital.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/65/pl-3.088_-_executivo-criacao_de_cargos_e_contratacao_temporaria_upa_e_hospital.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre a criação de cargos e a autorização de contratação temporária de pessoal para atender às necessidades por tempo limitado de excepcional interesse público, nos termos do inciso IX do artigo 37 da Constituição Federal, e nos termos da Lei municipal nº. 3.336, de 05 de dezembro de 2006 e da Lei municipal nº 3.678, de 23 de novembro de 2011 e dá outras Providências”.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>3089</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/64/pl-3.089_-_executivo_altera_4.160_organizacao_da_secretaria.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/64/pl-3.089_-_executivo_altera_4.160_organizacao_da_secretaria.doc</t>
   </si>
   <si>
     <t>“Altera a Lei Municipal nº 4.160/2017 no que tange a Organização das Secretarias de Governança Jurídica, Governança Política, de Governança de Controle Gestão e Transparência e de Governança da Saúde do Município de Coronel Fabriciano/MG e dá outras providências”.</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>3090</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/63/pl-3.090_-_ldo_executivo.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/63/pl-3.090_-_ldo_executivo.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre as diretrizes para a elaboração da lei orçamentária do exercício financeiro de 2021 e dá outras providências”.</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>3091</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/59/pl-3.091_-_criacao_do_cmei_dom_lelis_lara_-_executivo.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/59/pl-3.091_-_criacao_do_cmei_dom_lelis_lara_-_executivo.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre a Criação e denominação do Centro municipal de Educação Infantil, CMEI Espaço da Infância Dom Lélis Lara.”</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>3092</t>
   </si>
   <si>
     <t>Marcos da Luz</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/57/pl-3.092-_suspende_prazos_dos_concursos_publicos_-_marcos_da_luz_e_demais.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/57/pl-3.092-_suspende_prazos_dos_concursos_publicos_-_marcos_da_luz_e_demais.doc</t>
   </si>
   <si>
     <t>Dispõe a dilação e suspensão de prazos de concursos públicos no âmbito do Município de Coronel Fabriciano.</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>3093</t>
   </si>
   <si>
     <t>Dispõe sobre medidas de proteção de servidores públicos municipais e dá outras providências.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>3094</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/55/pl_3.094-_adriano_-_dia_da_conscinencia_negra.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/55/pl_3.094-_adriano_-_dia_da_conscinencia_negra.doc</t>
   </si>
   <si>
     <t>"Institui o dia 20 de novembro como feriado municipal pelo ‘dia da Consciência Negra'."</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>3095</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/54/pl-3.095-_adriano_-lixo_eletronico.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/54/pl-3.095-_adriano_-lixo_eletronico.doc</t>
   </si>
   <si>
     <t>“Institui o Programa de Coleta Seletiva de Lixo Eletrônico e Tecnológico, na zona rural e urbana do Município de Coronel Fabriciano.”</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>3096</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>3097</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/53/pl-3.097-_beto_-_auxilio_taxi.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/53/pl-3.097-_beto_-_auxilio_taxi.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre a concessão de auxílio emergencial aos permissionários do serviço de táxi e seus auxiliares, bem como aos prestadores de serviço de transporte escolar, público e privado, em virtude dos impactos sociais e econômicos da pandemia de COVID19.”</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>3098</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/52/pl-3.098-__cozinha_comunitaria_-_executivo.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/52/pl-3.098-__cozinha_comunitaria_-_executivo.doc</t>
   </si>
   <si>
     <t>“Altera e acrescenta dispositivo à Lei 3.570, de 5 de setembro de 2010 que “Autoriza a implantação da Cozinha Comunitária em Coronel Fabriciano/MG e dá outras providências.”</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>3099</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/51/pl-3.099-_adriano_-_dia_municipal_da_conscinencia_negra.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/51/pl-3.099-_adriano_-_dia_municipal_da_conscinencia_negra.doc</t>
   </si>
   <si>
     <t>"INSTITUI O DIA 20 DE NOVEMBRO COMO ‘DIA MUNICIPAL DA CONSCIÊNCIA NEGRA'."</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>3100</t>
   </si>
   <si>
     <t>LUGÃO</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/50/pl-3.100-_mes_reflexao_memoria_cilistas_-_lugao.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/50/pl-3.100-_mes_reflexao_memoria_cilistas_-_lugao.doc</t>
   </si>
   <si>
     <t>“Mês de Reflexão em Memória aos Ciclistas Vítimas da Violência no Trânsito”, a ser comemorado anualmente no mês de outubro, e dá outras providências.</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>3101</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/49/pl-3.101-_beto_-_denominacao_da_rua_dez_bairro_sao_vicente.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/49/pl-3.101-_beto_-_denominacao_da_rua_dez_bairro_sao_vicente.doc</t>
   </si>
   <si>
     <t>“Altera a denominação da Rua Dez, para Rua José Eustáquio de Almeida, Bairro São Vicente, no Município de Coronel Fabriciano.”</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>3102</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/20/pl-3.102-_beto_-_denominacao_da_rua_sem_numero__bairro_corrego_dos_camilos.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/20/pl-3.102-_beto_-_denominacao_da_rua_sem_numero__bairro_corrego_dos_camilos.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre a denominação de uma rua com nome José Olímpio de Carvalho, no Bairro/Comunidade Córrego dos Camilos, no Município de Coronel Fabriciano e dá outras providências.”</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>3103</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/48/pl-3.103-_xingo_-_desfibrilador.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/48/pl-3.103-_xingo_-_desfibrilador.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre a obrigatoriedade da manutenção de aparelho desfibrilador externo automático em locais que designa e que tenham concentração/circulação média diária de 1500 ou mais pessoas, e dá outras providências”.</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>3104</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/47/pl-3.104-_edem_-_denominacao_da_rua_b__bairro_gavea.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/47/pl-3.104-_edem_-_denominacao_da_rua_b__bairro_gavea.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre denominação de logradouro público”</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>3105</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/46/pl-3.105__miltinho_-_denomina_praca.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/46/pl-3.105__miltinho_-_denomina_praca.doc</t>
   </si>
   <si>
     <t>“Denomina a Praça Situada na Rua Wilson Passos Pereira em contorno com as ruas, sete e a rua da Fazendinha no Bairro Nova Tijuca em coronel Fabriciano, MG; Praça Geraldo Coelho de Barros, em nosso Município e da outras Providências ̈.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>3106</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/45/pl-3.106_-_adriano_-_isencao_de_iptu.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/45/pl-3.106_-_adriano_-_isencao_de_iptu.doc</t>
   </si>
   <si>
     <t>“Autoriza o Executivo Municipal a conceder isenção tributária a templos, cultos, demais instituições religiosas e entidades vinculadas.”</t>
   </si>
   <si>
     <t>3107</t>
   </si>
   <si>
     <t>Veda demissões dos trabalhadores da educação pública durante o período de emergência e calamidade de saúde pública, decorrente da pandemia do Coronavírus.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>3108</t>
   </si>
   <si>
     <t>Assegura a transparência nas informações relativas aos casos de covid-19, inclusive óbitos, enquanto perdurar a pandemia.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>3109</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/42/pl-3.109_-_denomina_praca_bairro_dom_helvecio_-_adriano_martins.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/42/pl-3.109_-_denomina_praca_bairro_dom_helvecio_-_adriano_martins.doc</t>
   </si>
   <si>
     <t>“Dá denominação de “Praça Pedro Gomes da Silva – Pedro Botero”, a praça que menciona e dá outras providências”.</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>3110</t>
   </si>
   <si>
     <t>“Obriga o Poder Executivo a dar publicidade aos gastos relacionados ao enfrentamento da COVID-19”.</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>3111</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/21/pl-3.111-__altera_lei4.065limpeza_de_terrenos_baldios_-_edem_almeida.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/21/pl-3.111-__altera_lei4.065limpeza_de_terrenos_baldios_-_edem_almeida.doc</t>
   </si>
   <si>
     <t>“Altera a Lei Municipal n° 4.065, de 22 de abril de 2016.”</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>3112</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/35/pl-3.112_-_substitutivo_ao_3.047.2019_-_thiago_lucas.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/35/pl-3.112_-_substitutivo_ao_3.047.2019_-_thiago_lucas.doc</t>
   </si>
   <si>
     <t>“Declara de Utilidade Pública a Associação de Artesãos de Coronel Fabriciano Arte Minas Fabri.”</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>3113</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/33/pl-3.113_-_denominacao_de_logradouro_-_carmen.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/33/pl-3.113_-_denominacao_de_logradouro_-_carmen.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre mudança de denominação de logradouro público no Bairro Nova Tijuca e implantação de CEP na referida Rua do Município”.</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>3114</t>
   </si>
   <si>
     <t>Institui Empreendedorismo e Noções de Direito e Cidadania como temas a serem abordados nas escolas municipais de educação no Município de Coronel Fabriciano, e dá outras providencias.</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>3115</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/30/pl-3.115_-_profissionais_de_assitencia_social_e_psicologia_escolas_publicas_-_marcos_da_luz.docx</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/30/pl-3.115_-_profissionais_de_assitencia_social_e_psicologia_escolas_publicas_-_marcos_da_luz.docx</t>
   </si>
   <si>
     <t>“Dispõe sobre a inserção de profissionais da área de Serviço Social e de Psicologia nas escolas públicas municipais de educação básica do Município”.</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>3116</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/11/pl-3.116_-_sistema_municipal_de_cultura_de_coronel_fabriciano_-_executivo_municpal.pdf</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/11/pl-3.116_-_sistema_municipal_de_cultura_de_coronel_fabriciano_-_executivo_municpal.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre o Sistema Municipal de Cultura de Coronel Fabriciano, seus princípios, objetivos, estruturas, organização, gestão e criação do Fundo Municipal de Cultura.”</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>3117</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/10/pl-3.117_-__regulamenta_acondiconamento_lixo_domestico_-_respeitando_os_garis_-_edem.docx</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/10/pl-3.117_-__regulamenta_acondiconamento_lixo_domestico_-_respeitando_os_garis_-_edem.docx</t>
   </si>
   <si>
     <t>“Regulamenta o acondicionamento de lixo doméstico, determina penalidades e demais providencias.”</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>3118</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/9/pl-3.118_-altera_e_passa_a_denominar_a_lei_no_3.833__-_marcos_-.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/9/pl-3.118_-altera_e_passa_a_denominar_a_lei_no_3.833__-_marcos_-.doc</t>
   </si>
   <si>
     <t>“Altera e passa a denominar a Lei nº 3.833, de 04 de novembro de 2013, que Estabelece normas de proteção ao Patrimônio Cultural do Município de Coronel Fabriciano e dá outras providências, “Lei Clodomiro de Jesus - Miro da Banda”.</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>3119</t>
   </si>
   <si>
     <t>RONILSON BURRINHO</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/8/pl-3.119-__altera_lei_2.547-95._ronilson.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/8/pl-3.119-__altera_lei_2.547-95._ronilson.doc</t>
   </si>
   <si>
     <t>“Altera a Lei Municipal n° 2.547/95, de 07 de novembro de 1995, e dá outras providências.”</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>3120</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/3/pl-3.120_-_cria_conselho_municipal_gestao_apa_da_biquinha_-_excutivo_municipal.pdf</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/3/pl-3.120_-_cria_conselho_municipal_gestao_apa_da_biquinha_-_excutivo_municipal.pdf</t>
   </si>
   <si>
     <t>CRIA O CONSELHO GESTOR DA ÁREA DE PROTEÇÃO AMBIENTAL (APA) DA BIQUINHA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>3121</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/4/pl-3.121_-_criacao_conselho_de_desenvolvimento_enocomico_codecel_-_executivo_municipal.pdf</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/4/pl-3.121_-_criacao_conselho_de_desenvolvimento_enocomico_codecel_-_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE DESENVOLVIMENTO ECONÔMICO DE CORONEL FABRICIANO - CODECEL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>3122</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/159/pl-3.122_-__farmacia_veterinaria__-_thiago_lucas.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/159/pl-3.122_-__farmacia_veterinaria__-_thiago_lucas.doc</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a instituir o serviço da farmácia veterinária popular no âmbito do Município de Coronel Fabriciano e dá outras providências”</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
     <t>3123</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/541/pl-3.123_-_marcos_da_luz.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/541/pl-3.123_-_marcos_da_luz.doc</t>
   </si>
   <si>
     <t>Denomina a pinacoteca integrante do acervo do Museu Histórico Municipal José Avelino Barbosa "Pinacoteca Mírian D'Arc Franco".</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
     <t>3124</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/542/pl-_3.124_001_ploa_2021_encadernacao.pdf</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/542/pl-_3.124_001_ploa_2021_encadernacao.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa do Município de Coronel Fabriciano para o exercício financeiro de 2021.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
     <t>3125</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/543/pl-3.125_projeto_lei_revisao_ppa_2021.pdf</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/543/pl-3.125_projeto_lei_revisao_ppa_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração, da Lei Nº 4.156 de 28 de dezembro de 2017 - Plano Plurianual – PPA 2018/2021, altera as prioridades previstas no art. 3º da Lei Nº 4.244 de 19 de junho de 2019 – Lei de Diretrizes Orçamentárias para o exercício de 2021 e contém outras providências.</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
     <t>3126</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/544/pl-3.126_projeto_lei_altera_anexos_ldo_2021.pdf</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/544/pl-3.126_projeto_lei_altera_anexos_ldo_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei N° 4.312 de 30 de junho de 2020 – Lei de Diretrizes Orçamentárias para o exercício financeiro de 2021 promovendo a substituição de anexos e contém outras providências.</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
     <t>3127</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/767/pl-3.127_-_altera_3.563_politica_municipal_de_turismo_-_esecutivo.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/767/pl-3.127_-_altera_3.563_politica_municipal_de_turismo_-_esecutivo.doc</t>
   </si>
   <si>
     <t>“Dispõe alteração da Lei 3.563 de 08 de setembro  de 2010 que institui a Política Municipal de Turismo e dá outras providências."</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
     <t>3128</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/598/pl-3.128_-_denomina_a_praca_s_ser_construida__no_bairro_mangueiras_-_adriano.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/598/pl-3.128_-_denomina_a_praca_s_ser_construida__no_bairro_mangueiras_-_adriano.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre denominação de praça a ser construída no Bairro Mangueiras, em nosso município e dá outras providências”.</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
     <t>3129</t>
   </si>
   <si>
     <t>Eugênio Pascelli</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/691/pl-3.129_-_denomina_praca_a_ser_construida_rua_sao_vicente_jk_-_eugenio.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/691/pl-3.129_-_denomina_praca_a_ser_construida_rua_sao_vicente_jk_-_eugenio.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre denominação de praça pública, a ser construída em nosso município e dá outras providências”.</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
     <t>3130</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/692/pl-3.130-_sopao_-_beto.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/692/pl-3.130-_sopao_-_beto.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre a criação do programa SOPÃO no âmbito do Município de Coronel Fabriciano e dá outras providências.”</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
     <t>3131</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/766/pl-3.131_-_denomina_praca_poliesportiva_juca_violao_amaro_lanari.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/766/pl-3.131_-_denomina_praca_poliesportiva_juca_violao_amaro_lanari.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre denominação de quadra poliesportiva a ser construída no Bairro Amaro Lanari, em nosso Município e dá outras providências”.</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
     <t>3132</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/761/pl-3.132_-_coibre_praticas_de_ato_de_racismo_-_marcos.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/761/pl-3.132_-_coibre_praticas_de_ato_de_racismo_-_marcos.doc</t>
   </si>
   <si>
     <t>“Coíbe práticas de atos de racismo, discriminação ou injúria racial, define penalidades e dá outras providências”.</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
     <t>3133</t>
   </si>
   <si>
     <t>CANÍDIA</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/764/pl-3.133_-_denomina_praca_silvio_pereira_i_-_canidia.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/764/pl-3.133_-_denomina_praca_silvio_pereira_i_-_canidia.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre denominação de praça a ser construída no Bairro Sylvio Pereira I, em nosso Município”.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
     <t>3134</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/765/pl-3.134_-_denomina_praca_silvio_pereira_ii_-_canidia.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/765/pl-3.134_-_denomina_praca_silvio_pereira_ii_-_canidia.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre denominação de praça a ser construída no Bairro Sylvio Pereira II, em nosso Município”.</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
     <t>3135</t>
   </si>
   <si>
     <t>Dispõe sobre a instalação, em espaços de uso público, de brinquedos adaptados e equipamentos especialmente desenvolvidos para lazer e recreação de pessoas portadoras de deficiência e mobilidade reduzida visando sua integração com outras crianças e inclusão social, no âmbito do município de Coronel Fabriciano.</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
     <t>3136</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/804/pl-3.136_-__denomina_auditorio_maria_angelica-_executivo_municipal.pdf</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/804/pl-3.136_-__denomina_auditorio_maria_angelica-_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a denominação do Auditório do Centro educacional do Município de Coronel Fabriciano/MG".</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
     <t>3137</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/805/pl-3.137_-__revoga_lei_2.771.98-_executivo_municipal.pdf</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/805/pl-3.137_-__revoga_lei_2.771.98-_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>"Revoga a Lei Municipal nº 2.771/98".</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
     <t>3138</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/806/pl-3.138_-__rpps-_emenda_const_103.2019-_executivo_municipal.pdf</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/806/pl-3.138_-__rpps-_emenda_const_103.2019-_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre alterações necessárias na Legislação Municipal, para fins de adequação à Emenda Constitucional nº 3.396 de 11 de fevereiro de 2008, que dispõe sobre o Regime Próprio de Previdência Social - RPPS dos Servidores Públicos do Município de Coronel fabriciano e dá outras providências".</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
     <t>3139</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de novos cargos no quadro geral de cargos temporárias da administração pública municipal e dá outras providências.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>1179</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
     <t>Nélio do Abacaxi</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/97/pr-1179_-_honra_ao_merito_ao__senhor_gilberto_-_nelio_damasceno.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/97/pr-1179_-_honra_ao_merito_ao__senhor_gilberto_-_nelio_damasceno.doc</t>
   </si>
   <si>
     <t>Concede Diploma de Honra ao Mérito ao Dr. Gilberto Rodrigues Gonçalves de Souza.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>1180</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/96/pr-1180_-_medalha_rodrigo_neto_senhor_jailton_aparecido_dos_santos_-_xingozinho.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/96/pr-1180_-_medalha_rodrigo_neto_senhor_jailton_aparecido_dos_santos_-_xingozinho.doc</t>
   </si>
   <si>
     <t>Concede a Medalha Rodrigo Neto ao Senhor Jailton Aparecido dos Santos.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>1181</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/95/pr-1181_-_merito_desportivo_sandro_nogueira-_xingozinho.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/95/pr-1181_-_merito_desportivo_sandro_nogueira-_xingozinho.doc</t>
   </si>
   <si>
     <t>Concede Diploma do Mérito Desportivo ao Senhor Sandro Nogueira Pedrosa.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>1182</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/94/pr-1182_-_diploma_de_honra_ao_merito_-_marcos_isaque_-_xingozinho.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/94/pr-1182_-_diploma_de_honra_ao_merito_-_marcos_isaque_-_xingozinho.doc</t>
   </si>
   <si>
     <t>Concede Diploma de Honra ao Mérito ao Senhor Marcos Isaque Leal .</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/93/pr-1184_-_embaixador_da_paz__padre_william-xingozinho.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/93/pr-1184_-_embaixador_da_paz__padre_william-xingozinho.doc</t>
   </si>
   <si>
     <t>Concede Diploma do Embaixador da Paz ao Padre William Luciano Pires.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/89/pr-1185-_reajuste_servidores_camara_municipal_-_mesa_diretora_2020.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/89/pr-1185-_reajuste_servidores_camara_municipal_-_mesa_diretora_2020.doc</t>
   </si>
   <si>
     <t>Concede revisão geral anual dos vencimentos dos servidores do Poder Legislativo Municipal.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/88/pr-1186-_merito_desportivo_-_ronilson_-_passo_a_passo_sport.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/88/pr-1186-_merito_desportivo_-_ronilson_-_passo_a_passo_sport.doc</t>
   </si>
   <si>
     <t>Concede Diploma do Mérito Desportivo ao Grupo Passo a passo.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>1187</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/87/pr-1187_-_insitui_auxilio_alimentacao.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/87/pr-1187_-_insitui_auxilio_alimentacao.doc</t>
   </si>
   <si>
     <t>Reajusta o valor do auxílio alimentação dos servidores públicos efetivos do Poder do Legislativo.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>1188</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/86/pr-1188_-__beto-_embaixador_da_paz_ao_senhor_onofre_de_sousa_lima.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/86/pr-1188_-__beto-_embaixador_da_paz_ao_senhor_onofre_de_sousa_lima.doc</t>
   </si>
   <si>
     <t>Concede Diploma do Embaixador da Paz ao Senhor Onofre de Sousa Lima.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>1189</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/85/pr-1189_-_insitui_ambiente_virtual_de_deliberacao.docx</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/85/pr-1189_-_insitui_ambiente_virtual_de_deliberacao.docx</t>
   </si>
   <si>
     <t>Institui no âmbito do Poder Legislativo do Município de Coronel Fabriciano o Ambiente Virtual de deliberação.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>1190</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/84/pr-1190_-__beto-_merito_desportivo.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/84/pr-1190_-__beto-_merito_desportivo.doc</t>
   </si>
   <si>
     <t>Concede Diploma do Mérito Desportivo à Waleffer Junio da Silva Paixão.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>1191</t>
   </si>
   <si>
     <t>Concede Diploma de Honra ao Mérito a Thiago Costa de Souza.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>1192</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/82/pr-1192_-___merito_legislativoao_diogo_siqueira_-_thiago_lucas.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/82/pr-1192_-___merito_legislativoao_diogo_siqueira_-_thiago_lucas.doc</t>
   </si>
   <si>
     <t>Concede Medalha do Mérito Legislativo ao Vereador Diogo Siqueira de Souza.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>1196</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/81/pr-1196_-__cidadania_honoraria__elcio_-_eugeniopascelli.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/81/pr-1196_-__cidadania_honoraria__elcio_-_eugeniopascelli.doc</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Honorária ao Tenente -Coronel Elcio Franco.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>1197</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/80/pr-1197_-_rodrigo_neto_-_nelio.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/80/pr-1197_-_rodrigo_neto_-_nelio.doc</t>
   </si>
   <si>
     <t>Concede Medalha Rodrigo Neto ao Senhor Marcelo Duarte Souza.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>1198</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/78/pr-1198_-_merito_desportivo_-_nelio.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/78/pr-1198_-_merito_desportivo_-_nelio.doc</t>
   </si>
   <si>
     <t>Concede Diploma do Mérito Desportivo ao Senhor Vagmar Silvestre Gomes.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>1199</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/76/pr-1199_-_reducao_jornada_trabalho_servidores_responsavel_pessoa_dependente_deficiente_ou_em_tratamento_especializado_-_mesa_diretora_2020.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/76/pr-1199_-_reducao_jornada_trabalho_servidores_responsavel_pessoa_dependente_deficiente_ou_em_tratamento_especializado_-_mesa_diretora_2020.doc</t>
   </si>
   <si>
     <t>Reduz a jornada de trabalho do servidor público do Poder Legislativo, responsável, tutor ou curador de pessoa dependente com deficiência ou em tratamento especializado de saúde, conforme o artigo 121, parágrafo único da Lei Orgânica do Município de Coronel Fabriciano e dá outras providências.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>1200</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/73/pr-1200_-_cidadania_honoraria_dr._gustavo_henrique_silva_cecilio_-_xingozinho.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/73/pr-1200_-_cidadania_honoraria_dr._gustavo_henrique_silva_cecilio_-_xingozinho.doc</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Honorária ao Dr. Gustavo Henrique Silva Cecílio.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>1201</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/72/pr-1201_-_denominacao_auditorio_da_escola_do_legislativo_-_adriano.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/72/pr-1201_-_denominacao_auditorio_da_escola_do_legislativo_-_adriano.doc</t>
   </si>
   <si>
     <t>Dispõe sobre denominação do Auditório da Escola do Legislativo da Câmara Municipal de Coronel Fabriciano.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/71/pr-1202_-_diploma_de_honra_ao_merito_-_matheus_henrique_silva_queiroga_-_adriano.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/71/pr-1202_-_diploma_de_honra_ao_merito_-_matheus_henrique_silva_queiroga_-_adriano.doc</t>
   </si>
   <si>
     <t>Concede Diploma de Honra ao Mérito ao Senhor Matheus Henrique Silva Queiroga.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>1203</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/68/pr-1203_-_cidadania_honoraria__-_lugao.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/68/pr-1203_-_cidadania_honoraria__-_lugao.doc</t>
   </si>
   <si>
     <t>Concede o titulo de Cidadania Honoraria ao Secretario de Governança Política da prefeitura de Coronel Fabriciano, Senhor Everton Rodrigues Campos.</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>1204</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/66/pr-1204-_cidadania_honoraria___-_adriano.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/66/pr-1204-_cidadania_honoraria___-_adriano.doc</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Honorária ao Senhor Hamilton Rômulo Menezes de Carvalho.</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
     <t>Sargento Francisquni</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/22/pr-1205-_merito_legislativo__-_francisquini.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/22/pr-1205-_merito_legislativo__-_francisquini.doc</t>
   </si>
   <si>
     <t>“Concede Medalha do Mérito Legislativo ao Sr “JOSÉ ANTONIO ALVARENGA”.</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>1206</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/23/pr-1206-_rodrigo_neto__-_francisquini.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/23/pr-1206-_rodrigo_neto__-_francisquini.doc</t>
   </si>
   <si>
     <t>Concede Medalha Rodrigo Neto ao Sr “MARCIO DOS SANTOS ALMEIDA (MARCIO DJ)”.</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>1207</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/24/pr-1207-_concede_medalha_jovens_notorios__-_francisquini.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/24/pr-1207-_concede_medalha_jovens_notorios__-_francisquini.doc</t>
   </si>
   <si>
     <t>Concede Medalha Jovem Notório ao Sr “Fernando Carlos Gonçalves”.</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>1208</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/25/pr-1208-_concede_diploma_honra_e_merito__-_francisquini.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/25/pr-1208-_concede_diploma_honra_e_merito__-_francisquini.doc</t>
   </si>
   <si>
     <t>Concede Diploma de Honra ao Mérito ao Sr “Emerson Borges Aureliano”.</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>1209</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/26/pr-1209-_concede_diploma_embaixador_da_paz__-_francisquini.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/26/pr-1209-_concede_diploma_embaixador_da_paz__-_francisquini.doc</t>
   </si>
   <si>
     <t>“Concede Diploma do embaixador da Paz ao Sr OLNEY EVER BRITTO DA ROCHA”.</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/27/pr-1210-_concedetitulo_de_cidadania_honoraria__-_francisquini.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/27/pr-1210-_concedetitulo_de_cidadania_honoraria__-_francisquini.doc</t>
   </si>
   <si>
     <t>“Concede Título de Cidadania Honorária ao Sr. Irno Lucca”.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>1211</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/28/pr-1211-_maerito_legislativo_-_lugao.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/28/pr-1211-_maerito_legislativo_-_lugao.doc</t>
   </si>
   <si>
     <t>“Concede Medalha do Mérito Legislativo ao Senhor Gilberto Pascoaline”.</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>1212</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/5/pr-1212_-embaixador_da_paz_pastor_alvimar-__miltinho.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/5/pr-1212_-embaixador_da_paz_pastor_alvimar-__miltinho.doc</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DO EMBAIXADOR DA PAZ AO PASTOR ALVIMAR VIEIRA.</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>1213</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/6/pr-1213-_merito_legislativo_-_fabricio_-_miltinho.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/6/pr-1213-_merito_legislativo_-_fabricio_-_miltinho.doc</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA DO MÉRITO LEGISLATIVO AO SENHOR FABRÍCIO FERREIRA DE FARIAS.</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>1214</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/58/pr-1214-_cidadania_honoraria_-_miltinho.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/58/pr-1214-_cidadania_honoraria_-_miltinho.doc</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA HONORÁRIA AO SENHOR ABNER BRANDÃO DE SOUZA.</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>1215</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/18/pr-1215_-_honra_ao_merito_ao__senhor_marcos_roberto_-_miltinho.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/18/pr-1215_-_honra_ao_merito_ao__senhor_marcos_roberto_-_miltinho.doc</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA HONRA AO MÉRITO AO SENHOR MARCOS ROBERTO DA SILVA.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
     <t>CRISTIANO DO CAIS</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/61/pr-1216-_cidadania_honoraria_-_cristiano_do_cais.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/61/pr-1216-_cidadania_honoraria_-_cristiano_do_cais.doc</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA HONORÁRIA A SENHORA ANA PAULA MANGAN.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>1217</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/62/pr-1217_-_diploma_de_merito_desportivo_senhor_deivson_soares_mendel_-_francisquini.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/62/pr-1217_-_diploma_de_merito_desportivo_senhor_deivson_soares_mendel_-_francisquini.doc</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE MÉRITO DESPORTIVO AO SR. DEIVSON SOARES MENDEL.</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
     <t>1218</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/762/pr-1218-_transferencia_da_sede_-_mesa_diretora.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/762/pr-1218-_transferencia_da_sede_-_mesa_diretora.doc</t>
   </si>
   <si>
     <t>Dispõe sobre transferência provisória da sede da Câmara Municipal.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
     <t>1219</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/763/pr-1219-_altera_regimento_-_mandato_mesa_diretora_2_anos.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/763/pr-1219-_altera_regimento_-_mandato_mesa_diretora_2_anos.doc</t>
   </si>
   <si>
     <t>Dispõe sobre alteração do artigo 9º da Resolução nº 369 de 2009 que “Estabelece o Regimento Interno da Câmara Municipal de Coronel Fabriciano.</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
     <t>1220</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/845/pr-1220-_diploma_embaixador_da_paz-_adriano_renato_martins.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/845/pr-1220-_diploma_embaixador_da_paz-_adriano_renato_martins.doc</t>
   </si>
   <si>
     <t>Concede Diploma do Embaixador da Paz ao Pastor Renato Martins de Carvalho.</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
     <t>1221</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/846/pr-1221-_embaixador_da_paz-_cristiano_do_cais_-_fabio_goncalves.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/846/pr-1221-_embaixador_da_paz-_cristiano_do_cais_-_fabio_goncalves.doc</t>
   </si>
   <si>
     <t>Concede Diploma do Embaixador da Paz ao Senhor Fábio Gonçalves dos Santos.</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
     <t>1222</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/847/pr-1222-_medalha_do_merito_legislativo_cristiano_do_cais_-_rinara_de_mattos.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/847/pr-1222-_medalha_do_merito_legislativo_cristiano_do_cais_-_rinara_de_mattos.doc</t>
   </si>
   <si>
     <t>Concede Medalha do Mérito Legislativo à Senhora Rinara de Mattos Camargo, neste Município.</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/456/requerimento_n_01.2020_-_mocao_de_palusos_-_xingo.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/456/requerimento_n_01.2020_-_mocao_de_palusos_-_xingo.doc</t>
   </si>
   <si>
     <t>O Vereador que se subscreve, na forma regimental, ouvido o plenário, requer do Sr. Presidente que seja encaminhada Moção de Aplausos do Poder Legislativo de Coronel Fabriciano ao Lucélia Marcelina de Nazareth Bento, pelos brilhantes serviços prestados a comunidade.</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/457/requerimento_n_02.2020_-_mocao_de_aplausos_-_marcos_da_luz_ro_040220.docx</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/457/requerimento_n_02.2020_-_mocao_de_aplausos_-_marcos_da_luz_ro_040220.docx</t>
   </si>
   <si>
     <t>Os vereadores que este subscrevem, na forma regimental, ouvido o plenário, requerem seja enviada “Moção de Aplausos” ao Pastor Gracino Ferreira Miranda, pela inauguração do templo da Igreja Evangélica de Deus Paz e Amor, na Rua Gameleira, nº 06, no bairro Floresta, neste Município, nos dias</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/458/requerimento_n_03.2020_-_mocao_de_aplausos_-_marcos_da_luz_ro_040220.docx</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/458/requerimento_n_03.2020_-_mocao_de_aplausos_-_marcos_da_luz_ro_040220.docx</t>
   </si>
   <si>
     <t>Os vereadores que este subscrevem, na forma regimental, ouvido o plenário, requerem seja enviada “Moção de Aplausos” ao Sr. William Saliba, pelas comemorações dos 50 anos de jornalismo.</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/462/requerimento_n_04.2020_-_oficio_secretario_de_obras_capina_-_marcos_da_luz_ro_040220.docx</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/462/requerimento_n_04.2020_-_oficio_secretario_de_obras_capina_-_marcos_da_luz_ro_040220.docx</t>
   </si>
   <si>
     <t>Os vereadores que este subscrevem, com base nos arts. 36, VII, e 123, § 3º, V, do Regimento Interno, c/c com o art. 11, § 3º, da Lei Orgânica Municipal, ouvido o Plenário, requerem seja oficiado o Sr. Nelson César Pereira Diniz, Secretário de Municipal de Governança de Obras e Serviços Urbanos, no endereço à Rua Nova Almeida, n° 60, bairro Belvedere, Coronel Fabriciano/MG, com a solicitação de envio a esta Casa Legislativa das informações completas acerca das despesas com capina, em especial o custo mensal do serviço, comprovantes de empenho, liquidação e pagamentos, bem como os boletins de medição, referente ao ano de 2019.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/464/requerimento_n_05.2020_-_oficio_secretario_de_obras_sinalizacao_horizontal_-_marcos_da_luz_ro_040220.docx</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/464/requerimento_n_05.2020_-_oficio_secretario_de_obras_sinalizacao_horizontal_-_marcos_da_luz_ro_040220.docx</t>
   </si>
   <si>
     <t>Os vereadores que este subscrevem, com base nos arts. 36, VII, e 123, § 3º, V, do Regimento Interno, c/c com o art. 11, § 3º, da Lei Orgânica Municipal, ouvido o Plenário, requerem seja oficiado o Sr. Nelson César Pereira Diniz, Secretário de Municipal de Governança de Obras e Serviços Urbanos, no endereço à Rua Nova Almeida, n° 60, bairro Belvedere, Coronel Fabriciano/MG, com a solicitação de envio a esta Casa Legislativa das informações completas acerca das despesas com pintura de faixas de pedestre e sinalização horizontal de transito, em especial o custo mensal do serviço, comprovantes de empenho, liquidação e pagamentos, bem como os boletins de</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/466/requerimento_n_06.2020_-_oficio_secretario_jose_marcio_-_marcos_da_luz.docx</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/466/requerimento_n_06.2020_-_oficio_secretario_jose_marcio_-_marcos_da_luz.docx</t>
   </si>
   <si>
     <t>Os vereadores que este subscrevem, com base nos arts. 36, VII, e 123, § 3º, V, do Regimento Interno, c/c com o art. 11, § 3º, da Lei Orgânica Municipal, ouvido o Plenário, requerem seja oficiado o Sr. José Márcio Gomes Pereira, Secretário de Municipal de Governança de Controle, Gestão e Transparência, no endereço à Rua Boa Vista, n° 113, Sala 102, Centro, Cep 35170-041, Coronel Fabriciano/MG, com a solicitação de envio a esta Casa Legislativa das seguintes informações:_x000D_
 a. cópia integral do Processo de Compra nº 432/2019 – Adesão nº 020/2019 - da Ata de Registro de Preços nº 051/2019, da Secretaria de Estado de Administração e Desburocratização de Mato Grosso do Sul;_x000D_
 _x000D_
 b. cópia do Contrato com o fornecedor MR Cordeiro Comércio de Móveis EIRELI – EPP;_x000D_
 _x000D_
 c. comprovantes de empenho, liquidação e pagamentos.</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/470/requerimento_n_08.2020_-_mocao_de_aplausos_-_xingo_point_barber.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/470/requerimento_n_08.2020_-_mocao_de_aplausos_-_xingo_point_barber.doc</t>
   </si>
   <si>
     <t>O Vereador que se subscreve, na forma regimental, ouvido o plenário, requer do Sr. Presidente que seja encaminhada Moção de Aplausos do Poder Legislativo de Coronel Fabriciano a Barbearia Point Barber Shop, pelos brilhantes serviços prestados a comunidade.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/472/requerimento_n_09.2020_-_mocao_de_aplausos_-_xingo_regina_helenar.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/472/requerimento_n_09.2020_-_mocao_de_aplausos_-_xingo_regina_helenar.doc</t>
   </si>
   <si>
     <t>O Vereador que se subscreve, na forma regimental, ouvido o plenário, requer do Sr. Presidente que seja encaminhada Moção de Aplausos do Poder Legislativo de Coronel Fabriciano a Regina Helena Brum Lelis, pelos brilhantes serviços prestados a comunidade de Coronel Fabriciano.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/478/requerimento_n_10.2020_-_mocao_de_aplausos_-_xingo_fabriinox_-_falta.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/478/requerimento_n_10.2020_-_mocao_de_aplausos_-_xingo_fabriinox_-_falta.doc</t>
   </si>
   <si>
     <t>O Vereador que se subscreve, na forma regimental, ouvido o plenário, requer do Sr. Presidente que seja encaminhada Moção de Aplausos do Poder Legislativo de Coronel Fabriciano a Empresa Fabrinox, pelos brilhantes serviços prestados a comunidade de Coronel Fabriciano.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/480/requerimento_n_11.2020_-_oficio_a_empresa_univale_transportes_-_thiago.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/480/requerimento_n_11.2020_-_oficio_a_empresa_univale_transportes_-_thiago.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, na forma regimental ouvido o plenário, requer que seja enviado oficio a empresa UNIVALE TRANSPORTES, para que informe a esta casa a previsão em que colocará a disposição dos usuários ÔNIBUS equipado com AR CONDICIONADO a linha que atende aos bairros AMARO LANARI E MANGUEIRA COM SENTIDO AO CENTRO DE CORONEL FABRICIANO.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/487/requerimento_n_12.2020_-_mocao_de_aplausos_-_thiago.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/487/requerimento_n_12.2020_-_mocao_de_aplausos_-_thiago.doc</t>
   </si>
   <si>
     <t>O Vereador que se subscreve, na forma regimental, ouvido o plenário, requer do Sr. Presidente que seja encaminhada Moção de Aplausos do Poder Legislativo de Coronel Fabriciano a DOORS ENGLISH SCHOOL, pelos brilhantes serviços prestados a comunidade de Coronel Fabriciano.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/490/requerimento_n_13.2020_-_cristiano.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/490/requerimento_n_13.2020_-_cristiano.doc</t>
   </si>
   <si>
     <t>O Vereador que se subscreve, na forma regimental, ouvido o plenário, requer do Sr. Presidente que seja marcado audiência pública para tratar do seguinte tema: CAMPANHA NACIONAL DO ENFRENTAMENTO CONTRA O ABUSO ENA EXPLORAÇÃO SEXUAL INFANTIL “FAÇA BONITO”.</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/514/requerimento_n_14.2020_-_cristiano.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/514/requerimento_n_14.2020_-_cristiano.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, na forma regimental ouvido o plenário, requer ao senhor Presidente seja marcada uma Audiência Pública para discutir sobre a constante falta de energia e outros assuntos correlacionados do Município de Coronel Fabriciano.</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/513/requerimento_n_15.2020_-_cristiano.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/513/requerimento_n_15.2020_-_cristiano.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, na forma regimental ouvido o plenário, requer ao senhor Presidente seja marcada uma Audiência Pública para discutir sobre o combate a fome:          “Combate a fome é nosso dever diário” e outros assuntos relacionados._x000D_
 Para dia 27 de março de 2020</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/512/requerimento_n_16.2020_-_cristiano.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/512/requerimento_n_16.2020_-_cristiano.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, na forma regimental ouvido o plenário, requer ao senhor Presidente seja marcada uma Audiência Pública para discutir sobre o mês Nacional da Conscientização do Autista e outros assuntos relacionados.</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/511/requerimento_n_17.2020_-_mocao_de_aplausos_-_adriano.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/511/requerimento_n_17.2020_-_mocao_de_aplausos_-_adriano.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, na forma regimental ouvido o plenário, requer que seja encaminhada Moção de Aplausos do Poder Legislativo de Coronel Fabriciano ao Senhor Eduardo Ribeiro de Araújo, pelos brilhantes serviços prestados a comunidade.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
     <t>CRISTIANO DO CAIS, ADRIANO MARTINS DE OLIVEIRA, Eugênio Pascelli</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/510/requerimento_n_18.2020_-_cristiano_cdl_domingos_savio.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/510/requerimento_n_18.2020_-_cristiano_cdl_domingos_savio.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, na forma regimental ouvido o plenário, requer a esta Câmara Municipal que seja endossada esta carta a pedido do CDL, junto ao Deputado Federal Domingos Sávio._x000D_
 Contando com sua especial atenção à nossa solicitação antecipadamente expresso nossos sinceros agradecimentos.</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
     <t>Os vereadores que este subscrevem, na forma regimental, ouvido o plenário, requerem seja enviada “Moção de Aplausos” à jornalista e advogada ipatinguense Anna Sylvia Rodrigues e Silva pela sua posse como Juíza de Direito do Tribunal de Justiça do Rio Grande do Sul, no dia 08 de janeiro de 2020. Requerem, ainda, seja enviada cópia ao coordenador do Curso de Direito do Unileste, Professor Ms. Wallace Carvalho Costa.</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/508/requerimento_n_20.2020_-_mocao_de_aplausos_-_marcos.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/508/requerimento_n_20.2020_-_mocao_de_aplausos_-_marcos.doc</t>
   </si>
   <si>
     <t>Os vereadores que este subscrevem, na forma regimental, ouvido o Plenário, requerem seja enviada Moção de Aplausos ao Jornal Resenha aos cuidados do Sr. Jésus Dias Durte (Galego), no endereço à R. Blumenau 490, no bairro Veneza II, 35164-292, Ipatinga/MG, pelas comemorações do 25 anos de fundação do periódico.</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/507/requerimento_n_21.2020_-_mocao_de_aplausos_-_marcos.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/507/requerimento_n_21.2020_-_mocao_de_aplausos_-_marcos.doc</t>
   </si>
   <si>
     <t>Os vereadores que este subscrevem, na forma regimental, ouvido o plenário, requerem seja enviada “Moção de Aplausos” à Professora Dra. Dahyana Siman Carvalho da Costa, coordenadora do Núcleo de Prática Jurídica e Judiciária (NPJJ) do Unileste-MG, pelos relevantes serviços prestados à comunidade. Requerem, ainda, seja enviada cópia ao coordenador do Curso de Direito do Unileste, Professor Ms. Wallace Carvalho Costa.</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/506/requerimento_n_22.2020_-_mocao_de_aplausos_-_marcos.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/506/requerimento_n_22.2020_-_mocao_de_aplausos_-_marcos.doc</t>
   </si>
   <si>
     <t>Os vereadores que este subscrevem, na forma regimental, ouvido o plenário, requerem seja enviada “Moção de Aplausos” ao Sind-UTE-MG e sub-sede Coronel Fabriciano, em apoio à luta dos trabalhadores em Educação da rede estadual de ensino que encontram-se em greve por tempo indeterminado.</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>Marcos da Luz, Professor Edem</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/504/requerimento_n_23.2020_-_mocao_de_aplausos_-_marcos.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/504/requerimento_n_23.2020_-_mocao_de_aplausos_-_marcos.doc</t>
   </si>
   <si>
     <t>Os vereadores que este subscrevem, na forma regimental, ouvido o plenário, requerem seja enviada “Moção de Repúdio” ao Governador Romeu Zema, no endereço Cidade Administrativa, Rodovia Papa João Paulo II, 4143, 31630-900, BH/MG, pelo descumprimento do piso salarial profissional nacional para os profissionais do magistério público da educação básica, assegurado pela Lei Estadual nº 21.710/2015 e Lei Federal nº 11.738/2008, pelo não estrito cumprimento da aplicação do mínimo constitucional de 25% da Receita Corrente Líquida do Estado na Manutenção e Desenvolvimento do Ensino, pela ausência de quitação do 13º salário de 2019 aos professores, impactando negativamente na qualidade de vida e de trabalho dos profissionais do ensino, o que motivou a greve dos professores que já perpassa 30 dias, além de prejudicar o processo de ensino-aprendizagem.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/505/requerimento_n_24.2020_-_adriano_-iluminacao_das_pracas.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/505/requerimento_n_24.2020_-_adriano_-iluminacao_das_pracas.doc</t>
   </si>
   <si>
     <t>O Vereador que se subscreve, na forma regimental, ouvido o plenário, requer que seja enviando ofício ao Executivo Municipal, solicitando informação sobre a existência de um planejamento de iluminação das praças de Coronel Fabriciano com lâmpadas de led, tendo em vista que existem várias praças que ainda não foram beneficiadas com esta iluminação, permitindo a ação de vândalos.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/503/requerimento_n_25.2020_-_marcos.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/503/requerimento_n_25.2020_-_marcos.doc</t>
   </si>
   <si>
     <t>Os vereadores que este subscrevem, na forma regimental, ouvido o plenário, requerem seja enviada “Moção de Aplausos” à Igreja Cristã Sal da Terra, na Rua Paquetá, nº 566, no bairro Geovanini, neste Município, pela inauguração do templo no último dia 15/03/2020.</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/502/requerimento_n_26.2020_-_marcos.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/502/requerimento_n_26.2020_-_marcos.doc</t>
   </si>
   <si>
     <t>Os vereadores que este subscrevem, na forma regimental, ouvido o plenário, requerem seja realizada Audiência Pública para marcar a passagem do Dia Mundial de Conscientização do Autismo (2 de abril), com tema “Respeito para todo o espectro”, visando lembrar a data e chamar a atenção da sociedade para o Transtorno do Espectro do Autismo (TEA).</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/501/requerimento_n_27.2020_-_beto.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/501/requerimento_n_27.2020_-_beto.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, na forma regimental ouvido o plenário, requer “Moção de Aplausos” ao Senhor Bruno de Paula Campos, residente à Rua Bonn, n° 504, Bairro Bethânia em Ipatinga.</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/500/requerimento_n_28.2020_-_beto.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/500/requerimento_n_28.2020_-_beto.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, na forma regimental ouvido o plenário, requer “Moção de Aplausos” ao cidadão de Coronel Fabriciano-MG, Senhor Valdeir Freire da Silva, residente à Rua Noémia de Oliveira, n° 86, Bairro Belvedere em Coronel Fabriciano.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/499/requerimento_n_29.2020_-_marcos_e_demais.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/499/requerimento_n_29.2020_-_marcos_e_demais.doc</t>
   </si>
   <si>
     <t>Os vereadores que este subscrevem, com base nos arts. 36, VII, e 123, § 3º, V, do Regimento Interno, c/c com o art. 11, § 3º, da Lei Orgânica Municipal, ouvido o Plenário, requerem seja oficiado o Sr. Prefeito com a solicitação de envio a esta Casa Legislativa das informações acerca das contratações e aquisições realizadas pelo Município no combate à pandemia da Covid-19, com todos os dados sobre compras e aquisições feitas para o enfrentamento ao novo Coronavírus.</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/498/requerimento_n_30.2020_-_marcos_e_demais.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/498/requerimento_n_30.2020_-_marcos_e_demais.doc</t>
   </si>
   <si>
     <t>Os vereadores que este subscrevem, na forma regimental, ouvido o plenário, requerem seja enviada “Moção de Aplausos” ao Programa Corrente do Bem, pelas comemorações dos 08 anos de veiculação na Rádio Itatiaia do Vale do Aço (FM 97,1).</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/497/requerimento_n_31.2020_-_marcos_e_demais.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/497/requerimento_n_31.2020_-_marcos_e_demais.doc</t>
   </si>
   <si>
     <t>Os vereadores que este subscrevem, na forma regimental, ouvido o plenário, requerem seja enviada “Moção de Aplausos” à Fundação Crianças do Mundo, pelas comemorações dos 33 anos de lutas, sacrifícios e vitórias.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/496/requerimento_n_32.2020_-_beto.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/496/requerimento_n_32.2020_-_beto.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, na forma regimental ouvido o plenário, requer “Moção de Aplausos” ao cidadão de Coronel Fabriciano-MG, Senhor Cássio Horta Magalhães.</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/495/requerimento_n_33.2020_-_edem.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/495/requerimento_n_33.2020_-_edem.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, na forma regimental ouvido o plenário, requer “Moção de Aplausos” à  cidadã Dona Creusa.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/494/requerimento_n_34.2020_-_edem_lanchonete_bom_de_boca.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/494/requerimento_n_34.2020_-_edem_lanchonete_bom_de_boca.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, na forma regimental ouvido o plenário, requer “Moção de Aplausos”  à Lanchonete “Bom de boca”, situada no bairro Floreta.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/493/requerimento_n_35.2020_-_edem__emporiumd_ecoracoes.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/493/requerimento_n_35.2020_-_edem__emporiumd_ecoracoes.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, na forma regimental ouvido o plenário, apresenta “Moção de Aplausos”  à Emporium Decorações, situada no Bairro Floreta.</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, na forma regimental ouvido o plenário, requer “Moção de Aplausos”  à sorveteria Milky, situada no bairro Floresta. Empresa cidadã, merece nossa homenagem como forma de apoio ao comercio local.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/516/requerimento_n_37.2020_-_edem_doce_encanto.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/516/requerimento_n_37.2020_-_edem_doce_encanto.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, na forma regimental ouvido o plenário, requer “Moção de Aplausos”  Doce Encanto Festas, situada no  bairro Floresta.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/517/requerimento_n_39.2020_-_marcos.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/517/requerimento_n_39.2020_-_marcos.doc</t>
   </si>
   <si>
     <t>Os vereadores que este subscrevem, com base nos arts. 36, VII, e 123, § 3º, V, do Regimento Interno, c/c com o art. 11, § 3º, da Lei Orgânica Municipal, ouvido o Plenário, requerem seja oficiado o Sr. Prefeito com o pedido de informações sobre os motivos e razão da não entrega da merenda escolar para os pais ou responsáveis pelos alunos das escolas públicas municipais que tiveram aulas suspensas em decorrência da pandemia do Coronavirírus, confirme Lei Municipal nº 4.306/2020, Lei Federal nº 13.987/2020 e a Resolução MEC/FNDE Nº 02/2020.</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/518/requerimento_n_40.2020_-_marcos.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/518/requerimento_n_40.2020_-_marcos.doc</t>
   </si>
   <si>
     <t>Os vereadores que este subscrevem, com base nos arts. 36, VII, e 123, § 3º, V, do Regimento Interno, c/c com o art. 11, § 3º, da Lei Orgânica Municipal, ouvido o Plenário, requerem seja oficiado o Sr. Prefeito com o pedido de informações sobre a possibilidade de “oferta de atividades pedagógicas não presenciais” no caso de retorno às aulas da rede municipal de ensino, através da plataforma digital do Sistema Positivo de Ensino, com o qual mantem contratos em vigor.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/519/requerimento_n_41.2020_-_mocao_de_aplausos_-_adriano.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/519/requerimento_n_41.2020_-_mocao_de_aplausos_-_adriano.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, na forma regimental ouvido o plenário, requer que seja encaminhada Moção de Aplausos do Poder Legislativo de Coronel Fabriciano ao Senhor Ilacir Pereira Vasconcelos, pelos brilhantes serviços prestados a comunidade.</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, na forma regimental ouvido o plenário, requer que seja encaminhada Moção de Aplausos do Poder Legislativo de Coronel Fabriciano ao Senhor Carlos Vinícius da Silva, pelos serviços prestados a comunidade.</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/522/requerimento_n_44.2020_-_mocao_de_aplausos_-_adriano.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/522/requerimento_n_44.2020_-_mocao_de_aplausos_-_adriano.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, na forma regimental ouvido o plenário, requer que seja encaminhada Moção de Aplausos do Poder Legislativo de Coronel Fabriciano ao Senhor Gustavo Henrique Almeida Freitas, pelos serviços prestados a comunidade.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/523/requerimento_n_45.2020_-_mocao_de_aplausos_-_adriano.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/523/requerimento_n_45.2020_-_mocao_de_aplausos_-_adriano.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, na forma regimental ouvido o plenário, requer que seja encaminhada Moção de Aplausos do Poder Legislativo de Coronel Fabriciano ao Senhor Carlos Humberto de Souza, pelos serviços prestados a comunidade.</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/524/requerimento_n_46.2020_-_mocao_de_aplausos__-_adriano.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/524/requerimento_n_46.2020_-_mocao_de_aplausos__-_adriano.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, na forma regimental ouvido o plenário, requer que seja encaminhada Moção de Aplausos do Poder Legislativo de Coronel Fabriciano ao Pastor Rodrigo Bernardo Gomes, nascido no dia 12 de dezembro de 1980, filho de José Bernardo Gomes e Iraci Fátima Gomes, pelos relevantes serviços prestados a comunidade.</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/525/requerimento_no_47.2020_-_solicita_informacoes_katia_barbalho_-_marcos_da_luz.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/525/requerimento_no_47.2020_-_solicita_informacoes_katia_barbalho_-_marcos_da_luz.doc</t>
   </si>
   <si>
     <t>Os vereadores que este subscrevem, com base nos arts. 36, VII, e 123, § 3º, V, do Regimento Interno, c/c com o art. 11, § 3º, da Lei Orgânica Municipal, ouvido o Plenário, requerem seja oficiado a Secretária Municipal de Saúde, Sra. Kátia Barbalho Diniz Costa, no endereço à Av. Magalhães Pinto, n° 1040, Giovanini, com a seguinte solicitação:_x000D_
  _x000D_
 1) cópia do Relatório de Inspeção da Vigilância Sanitária Estadual realizada no Hospital Municipal José Maria de Morais, provavelmente no dia 02 de junho p.p.;_x000D_
 2) informações quanto às internações no Hospital Municipal José Maria de Morais relacionadas à COVID-19 e às doenças respiratórias graves (SRAG), com datas de internação e alta, bem como possíveis óbitos de moradores do Município decorrentes das referidas doenças, nos últimos quatro meses.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/526/requerimento_no_48.2020_-_solicita_informacoes_nelson_diniz_-_marcos_da_luz.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/526/requerimento_no_48.2020_-_solicita_informacoes_nelson_diniz_-_marcos_da_luz.doc</t>
   </si>
   <si>
     <t>Os vereadores que este subscrevem, com base nos arts. 36, VII, e 123, § 3º, V, do Regimento Interno, c/c com o art. 11, § 3º, da Lei Orgânica Municipal, ouvido o Plenário, requerem seja oficiado o Sr. Nelson César Pereira Diniz, Secretário de Governança de Obras e Serviços Urbanos, no endereço à Rua Nova Almeida, n° 60, Belvedere, solicitando a relação de pessoas sepultadas no Cemitério Municipal Senhor do Bonfim vítimas do Coronavírus (COVID-19) e da Síndrome Respiratória Aguda Grave (SRAG), nos últimos quatro meses, bem como as condições e medidas de segurança adotadas nos referidos procedimentos.</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/527/requerimento_no_49.2020_-_solicita_informacoes_jose_marcio_-_marcos_da_luz.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/527/requerimento_no_49.2020_-_solicita_informacoes_jose_marcio_-_marcos_da_luz.doc</t>
   </si>
   <si>
     <t>Os vereadores que este subscrevem, com base nos arts. 36, VII, e 123, § 3º, V, do Regimento Interno, c/c com o art. 11, § 3º, da Lei Orgânica Municipal, ouvido o Plenário, requerem seja oficiado o Sr. José Márcio Gomes Pereira, Secretário de Governança Controle, Gestão e Transparência, no endereço à Rua Boa Vista, n° 113, Sala 102, Centro, solicitando informações e justificativa da diferença dos preços relativos à locação e aquisição de respiradores pulmonares da empresa H&amp;A Comércio e Representação de Equipamentos Médicos e Hospitalares Ltda, conforme Dispensa de Licitação nº 028/2020 e Dispensa de Licitação nº 029/2020, respectivamente.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/528/requerimento_no_50.2020_-_mocao_de_aplausos_-_marcos_da_luz.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/528/requerimento_no_50.2020_-_mocao_de_aplausos_-_marcos_da_luz.doc</t>
   </si>
   <si>
     <t>Os vereadores que este subscrevem, na forma regimental, ouvido o Plenário, requerem seja enviada “Moção de Aplausos” à Primeira Igreja Batista pelas comemorações dos 70 anos de instalação neste Município de Coronel Fabriciano.</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/529/requerimento_no_51.2020_-_mocao_de_aplausos_-_marcos_da_luz.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/529/requerimento_no_51.2020_-_mocao_de_aplausos_-_marcos_da_luz.doc</t>
   </si>
   <si>
     <t>Os vereadores que este subscrevem, na forma regimental, ouvido o Plenário, requerem seja enviada “Moção de Aplausos” ao fabricianense Jhonatan de Souza Oliveira pelo recebimento do prêmio de melhor tese de doutorado da Associação Canadense de Inteligência Artificial, no dia 15/05/2020.</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/530/requerimento_n_52.2020_-_taxa_de_coleta_de_lixo-_adriano.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/530/requerimento_n_52.2020_-_taxa_de_coleta_de_lixo-_adriano.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, na forma regimental ouvido o plenário, requer que oficie ao Executivo Municipal, solicitando que encaminhe projeto de lei visando isenção dos templos religiosos da taxa de coleta de lixo.</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/531/requerimento_n_53.2020_-_mocao_de_aplausos_-_adriano_-_atila.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/531/requerimento_n_53.2020_-_mocao_de_aplausos_-_adriano_-_atila.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, na forma regimental ouvido o plenário, requer que seja encaminhada Moção de Aplausos do Poder Legislativo de Coronel Fabriciano ao Senhor Átila Paes Leme de Souza, pelos serviços prestados a comunidade.</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, na forma regimental ouvido o plenário, requer “Moção de Aplausos” a Senhora MARIA MATILDE SOARES, residente à Av. Padre Américo Magalhães, n° 2273, Bairro Frederico Ozanan.</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/533/requerimento_no_55.2020_-_mocao_de_aplausos_-_beto.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/533/requerimento_no_55.2020_-_mocao_de_aplausos_-_beto.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, na forma regimental ouvido o plenário, requer “Moção de Aplausos” a Senhora ZÉLIA BRAGANÇA DE SOUZA, residente à Rua Taguara, n° 1515, Bairro Contente.</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/534/requerimento_no_56.2020_-_audiencia_publica_aumento_abusivo_agua_-_beto.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/534/requerimento_no_56.2020_-_audiencia_publica_aumento_abusivo_agua_-_beto.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, na forma regimental ouvido o plenário, requer seja marcada uma Audiência Pública para tratar do seguinte tema: Aumento abusivo no valor da água e 100% no valor da taxa de esgoto nas tarifas, a troca dos hidrômetros, e a falta de tratamento de esgoto na maioria dos bairros da cidade de Coronel Fabriciano, pela Companhia de Saneamento - COPASA.</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/535/requerimento_no_57.2020_-_audiencia_publica_nao_cumprimento_prazos_cartorios_-_beto.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/535/requerimento_no_57.2020_-_audiencia_publica_nao_cumprimento_prazos_cartorios_-_beto.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, na forma regimental ouvido o plenário, requer seja marcada uma Audiência Pública para tratar do seguinte tema: O não cumprimento legal dos prazos referentes aos serviços cartoriais para as unidades habitacionais, pelo Cartório de Registro de Imóveis. Esses atrasos estão interferindo no desenvolvimento do município e geração de emprego.</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/536/requerimento_no_58.2020_-_beto.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/536/requerimento_no_58.2020_-_beto.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, na forma regimental ouvido o plenário, requer “Moção de Aplausos” ao cidadão de Coronel Fabriciano - MG, Senhor Claudio Ferreira de Assis, pela sua simplicidade e dedicação ao seu trabalho, residente à Rua Um, n° 195, Bairro Córrego Alto em Coronel Fabriciano.</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/537/requerimento_no_59.2020_-_beto.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/537/requerimento_no_59.2020_-_beto.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, na forma regimental ouvido o plenário, requer “Moção de Aplausos” ao cidadão de Coronel Fabriciano - MG, Senhor Luiz Carlos Vital, residente à Rua Jose Feliciano da Silva, n° 471, Bairro Belvedere em Coronel Fabriciano.</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/538/requerimento_no_60.2020_-_beto.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/538/requerimento_no_60.2020_-_beto.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, na forma regimental ouvido o plenário, requer “Moção de Aplausos” ao cidadão de Coronel Fabriciano - MG, Senhor Inácio Lima da Silva, pela sua simplicidade e dedicação ao seu trabalho.</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/539/requerimento_no_61.2020_-_marcos.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/539/requerimento_no_61.2020_-_marcos.doc</t>
   </si>
   <si>
     <t>Os vereadores que este subscrevem, na forma regimental, ouvido o Plenário, requerem seja encaminhada moção de apoio à Deputada Estadual Beatriz Cerqueira diante do tratamento machista e misógino pelo Deputado Estadual Coronel Sandro direcionado durante a sua atuação parlamentar na 23ª Reunião Extraordinária da Assembleia Legislativa, no dia 17 de Junho de 2020, às 14h, quando a Parlamentar atuava em defesa dos profissionais da educação pública do Estado de Minas Gerais. _x000D_
 A Deputada Estadual Beatriz Cerqueira desempenha um valoroso trabalho na Assembleia Legislativa em prol de uma educação pública de qualidade e, portanto, merece a nossa admiração e respeito por tudo que representa em nosso Estado de Minas Gerais._x000D_
 Requerem, ainda, que, da decisão de Plenário, seja enviada cópia do presente Requerimento à Mesa Diretora da Assembleia Legislativa, à Rua Rodrigues Caldas, 30 - Santo Agostinho - 30190-921 - Belo Horizonte/MG, para conhecimento da matéria.</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/540/requerimento_no_62.2020_-_solicita_informacoes_katia_barbalho_-_marcos_da_luz.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/540/requerimento_no_62.2020_-_solicita_informacoes_katia_barbalho_-_marcos_da_luz.doc</t>
   </si>
   <si>
     <t>Os vereadores que este subscrevem, com base nos arts. 36, VII, e 123, § 3º, V, do Regimento Interno, c/c com o art. 11, § 3º, da Lei Orgânica Municipal, ouvido o Plenário, requerem seja oficiado a Secretária Municipal de Saúde, Sra. Kátia Barbalho Diniz Costa, no endereço à Av. Magalhães Pinto, n° 1040, Giovanini, solicitando informações e justificativa da diferença dos preços relativos à locação e aquisição de respiradores pulmonares da empresa H&amp;A Comércio e Representação de Equipamentos Médicos e Hospitalares Ltda, conforme Dispensa de Licitação nº 028/2020 e Dispensa de Licitação nº 029/2020, respectivamente, conforme o Ofício GAB/SGGE/PMCF n° 020/2020 em anexo.</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/545/requerimento_no_63.2020_-_beto.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/545/requerimento_no_63.2020_-_beto.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, na forma regimental ouvido o plenário, requer “Moção de Aplausos” a cidadã de Coronel Fabriciano-MG, Senhora Marinete de Oliveira Diniz, residente à Rua Dezenove, n° 18, Bairro Silvio Pereira II em Coronel Fabriciano.</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/546/requerimento_no_64.2020_-_beto.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/546/requerimento_no_64.2020_-_beto.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, na forma regimental ouvido o plenário, requer “Moção de Aplausos” ao cidadão de Coronel Fabriciano-MG, Senhor Jairo Alves de Carvalho, residente à Rua/ Beco José Vieira, n° 145, Bairro Caladão em Coronel Fabriciano.</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/547/requerimento_no_65.2020_-_solicita_informacoes_autotras_-_cristiano.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/547/requerimento_no_65.2020_-_solicita_informacoes_autotras_-_cristiano.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, na forma regimental ouvido o plenário, requer a está Câmara Municipal que envie uma carta solicitando informações das empresas Autotrans Univale e Acaiaca sobre os horários de ônibus no atendimento ao município, pois devido a pandemia estamos tendo grande reclamações em relação aos horários dos ônibus.</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/548/requerimento_no_66.2020_-_mocao_de_aplausos_junior_dos_anjos_-_adriano.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/548/requerimento_no_66.2020_-_mocao_de_aplausos_junior_dos_anjos_-_adriano.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, na forma regimental ouvido o plenário, requer que seja encaminhada Moção de Aplausos do Poder Legislativo de Coronel Fabriciano ao Senhor Júnior dos Anjos, pelos relevantes serviços prestados a comunidade.</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/549/requerimento_no_67.2020_-_mocao_de_aplausos_carlos_roberto_barbosa_-_adriano.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/549/requerimento_no_67.2020_-_mocao_de_aplausos_carlos_roberto_barbosa_-_adriano.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, na forma regimental ouvido o plenário, requer que seja encaminhada Moção de Aplausos do Poder Legislativo de Coronel Fabriciano ao Senhor Carlos Roberto Barbosa, pelos relevantes serviços prestados a comunidade.</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/552/requerimento_no_68.2020_-_marcos_da_luz.docx</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/552/requerimento_no_68.2020_-_marcos_da_luz.docx</t>
   </si>
   <si>
     <t>Os vereadores que este subscrevem, na forma regimental, ouvido o Plenário, requerem seja encaminhada correspondência à direção do Presídio de Coronel Fabriciano, no endereço à Rua Três Grotas, nº 319, Bairro Todos Santos, Cep 35160-320, neste Município, com pedido de informações sobre possíveis casos de detentos infectados pelo Coronavírus (Covid-19), bem como as providências tomadas relativas à questão.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/550/requerimento_no_70.2020_-_marcos_da_luz.docx</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/550/requerimento_no_70.2020_-_marcos_da_luz.docx</t>
   </si>
   <si>
     <t>Os vereadores que este subscrevem, na forma do art. 123, § 2º, VII, ouvido o Plenário, requerem seja enviada “Moção de Aplausos” ao Deputado Federal Padre João - PT/MG, pelas comemorações dos 25 anos de ordenação sacerdotal (Jubileu de Prata).</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
     <t>Os vereadores que este subscrevem, na forma do art. 123, § 2º, VII, ouvido o Plenário, requerem seja enviada “Moção de Aplausos” ao Sr. Humberto Abreu e Família, pelas comemorações dos 25 anos de criação da Fundação Geraldo Perlingeiro de Abreu (FGPA).</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/553/requerimento_no_73.2020_-_marcos_da_luz.docx</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/553/requerimento_no_73.2020_-_marcos_da_luz.docx</t>
   </si>
   <si>
     <t>Os vereadores que este subscrevem, na forma do art. 123, § 2º, VII, ouvido o Plenário, requerem seja enviada “Moção de Aplausos” à Sra.  Elza de Souza Ribeiro, pelo aniversário natalício de 80 anos, completados no dia 30/06/2020.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/554/requerimento_no_74.2020_-_mocao_de_aplausos_andreia_botelho_-_adriano.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/554/requerimento_no_74.2020_-_mocao_de_aplausos_andreia_botelho_-_adriano.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, na forma regimental ouvido o plenário, requer que seja encaminhada Moção de Aplausos do Poder Legislativo de Coronel Fabriciano a ex Vereadora e Presidente da Câmara Andréia Martins de Souza Botelho, pelos relevantes serviços prestados ao município de Coronel Fabriciano.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/555/requerimento_no_75.2020_-_marcos_da_luz.docx</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/555/requerimento_no_75.2020_-_marcos_da_luz.docx</t>
   </si>
   <si>
     <t>Os vereadores que este subscrevem, com base nos arts. 36, VII, e 123, § 3º, V, do Regimento Interno, c/c com o art. 11, § 3º, da Lei Orgânica Municipal, ouvido o Plenário, requerem seja oficiado a Sra. Letícia Fernandes Godinho, Secretária de Governança Social, no endereço à Rua Platina, nº 288, bairro Bom Jesus, com a solicitação de envio a esta Casa Legislativa das informações sobre quem está sendo contemplado com a distribuição das cestas básicas enviadas ao Município pelo Governo do Estado, conforme Ofício GAB/VG 0449/2020, de 26.06.2020, cópia anexa, bem como qual tem sido o critério e quais os setores e responsáveis pela distribuição das mesmas.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/556/requerimento_no_76.2020_-_marcos_da_luz.docx</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/556/requerimento_no_76.2020_-_marcos_da_luz.docx</t>
   </si>
   <si>
     <t>Os vereadores que este subscrevem, com base nos arts. 36, VII, e 123, § 3º, V, do Regimento Interno, c/c com o art. 11, § 3º, da Lei Orgânica Municipal, ouvido o Plenário, requerem seja oficiado o Sr. Wander Marcondes Moreira Ulhôa, Secretário de Governança Financeira e Orçamentária, no endereço à Rua Boa Vista, nº 113, Centro, com a solicitação de envio a esta Casa Legislativa das razões e motivos de o Executivo Municipal não ter pago até a presente data o reajuste salarial dos servidores públicos municipais, consoante Lei n. 4.297, de 21.02.2020, que “Recompõe as perdas inflacionárias aos Servidores Públicos Municipais de Coronel Fabriciano/MG e dá outras providências”, publicada no Diário Oficial de Coronel Fabriciano n° 1.185, de 26.02.2020 .</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
     <t>Os vereadores que este subscrevem, com base nos arts. 36, VII, e 123, § 3º, V, do Regimento Interno, c/c com o art. 11, § 3º, da Lei Orgânica Municipal, ouvido o Plenário, requerem seja oficiado o Sr. José Márcio Gomes Pereira, Secretário de Governança Controle, Gestão e Transparência, no endereço à Rua Boa Vista, n° 113, Sala 102, Centro, com a solicitação de envio a esta Casa Legislativa das razões e motivos de o Executivo Municipal estar descumprindo a Lei 3.549, de 1º.07.2010, cópia anexa, que “Prorroga a licença maternidade e dá outras providências”, no tocante às servidoras municipais contratadas temporariamente.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
     <t>Os vereadores que este subscrevem, na forma do art. 123, § 2º, VII, ouvido o Plenário, requerem seja enviada “Moção de Aplausos” ao Sr. Eduardo Sudário de Souza, pela eleição e posse como presidente do Rotary Club Coronel Fabriciano Melo Viana, gestão 2020/2021.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/559/requerimento_no_79.2020_-_marcos_da_luz.docx</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/559/requerimento_no_79.2020_-_marcos_da_luz.docx</t>
   </si>
   <si>
     <t>Os vereadores que este subscrevem, na forma do art. 123, § 2º, VII, ouvido o Plenário, requerem seja enviada “Moção de Aplausos” à Igreja Assembleia de Deus, Ministério de Coronel Fabriciano e Ipatinga, fundada em 08 de julho de 1948, pelas comemorações dos seus 72 anos de evangelização.</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/561/requerimento_no_80.2020_-_marcos_da_luz.docx</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/561/requerimento_no_80.2020_-_marcos_da_luz.docx</t>
   </si>
   <si>
     <t>Os vereadores que este subscrevem, na forma do art. 123, § 2º, VII, ouvido o Plenário, requerem seja enviada “Moção de Aplausos” à Paróquia são Sebastião, de Coronel Fabriciano, criada em 15 de agosto de 1948, pelas comemorações dos seus 72 anos de evangelização, bem como pelos 72 anos de presença redentorista em Coronel Fabriciano</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/562/requerimento_no_81.2020_-_marcos_da_luz.docx</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/562/requerimento_no_81.2020_-_marcos_da_luz.docx</t>
   </si>
   <si>
     <t>Os vereadores que este subscrevem, na forma do art. 123, § 2º, VII, ouvido o Plenário, requerem seja enviada “Moção de Aplausos” à pioneira rádio Educadora de Coronel Fabriciano, oficializada em 18 de março de 1968, pelas comemorações dos seus 52 anos de evangelização de difusão.</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/563/requerimento_no_82.2020_-_marcos_da_luz.docx</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/563/requerimento_no_82.2020_-_marcos_da_luz.docx</t>
   </si>
   <si>
     <t>Os vereadores que este subscrevem, na forma do art. 123, § 2º, VII, ouvido o Plenário, requerem seja enviada “Moção de Aplausos” à Sra.  Maria Raymunda, pelo aniversário natalício de 80 anos, completados no dia 26/07/2020.</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/564/requerimento_no_83.2020_-_marcos_da_luz.docx</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/564/requerimento_no_83.2020_-_marcos_da_luz.docx</t>
   </si>
   <si>
     <t>Os vereadores que este subscrevem, na forma regimental, ouvido o Plenário, requerem seja enviado ao Secretário Municipal de Administração, Sr. José Márcio Gomes Pereira, no endereço à Rua Boa Vista, 113 – Centro, apelo para que seja reduzida a jornada de trabalho de todos os ASP’s (Auxiliares de Serviço Público) de 08 para 06 horas diárias, sem redução do salário, em atendimento às reivindicações da categoria. _x000D_
 Requerem, ainda, que da decisão de Plenário, seja encaminhada cópia do presente ao SINTMCELF, para conhecimento da matéria.</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/565/requerimento_no_84.2020_-_edem.docx</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/565/requerimento_no_84.2020_-_edem.docx</t>
   </si>
   <si>
     <t>O vereador que este subscreve, na forma regimental, ouvido o Plenário, requer seja enviado expediente ao Ministério Público, no endereço à Rua Duque de Caxias, 20 - Centro, com pedido de informações (que podem ser respondidas para o e-mail secretaria@camarafabriciano.mg.gov.br), sobre a interdição das UTI’s COVID no Hospital Municipal José Maria de Morais, em especial, sobre a ausência da máquina de hemodiálise e de antibióticos._x000D_
 Por oportuno, requer cópia do procedimento MPMG-0194.20.000279-9 e da Ação Civil Pública nº 5002153-83.2020.8.13.0194.</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
     <t>requer informações, Sr. Ernany de Oliveira Duque Júnior, Superintendente Regional de Saúde,  UTI’s, COVID 19,  Hospital Municipal José Maria de Morais, em especial, sobre a ausência da máquina de hemodiálise e de antibióticos.</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/680/requerimento_no_86.2020_-_edem.docx</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/680/requerimento_no_86.2020_-_edem.docx</t>
   </si>
   <si>
     <t>Requer esclarecimentos e informações detalhadas acerca da interdição das UTI’s COVID no Hospital Municipal José Maria de Morais.</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/681/requerimento_no_87.2020_-_mocao_de_aplausos_-_ronilson_evelton_-_katia.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/681/requerimento_no_87.2020_-_mocao_de_aplausos_-_ronilson_evelton_-_katia.doc</t>
   </si>
   <si>
     <t>Requerem “Moção de Aplausos” à servidora Kátia Batista Alcântara Borges,</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/682/requerimento_no_88.2020_-_beto_audiencia_publica.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/682/requerimento_no_88.2020_-_beto_audiencia_publica.doc</t>
   </si>
   <si>
     <t>Requer seja marcada uma Audiência Pública para tratar do seguinte tema: serviços funerários mais dignos às famílias carentes.</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/683/requerimento_no_89.2020_-_marcos_da_luz.docx</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/683/requerimento_no_89.2020_-_marcos_da_luz.docx</t>
   </si>
   <si>
     <t>Requer Moção de Aplausos ao Senhor Benedito Pacífico Rocha (Restaurante Metropolitano).</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/684/requerimento_no_90.2020_-_marcos_da_luz.docx</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/684/requerimento_no_90.2020_-_marcos_da_luz.docx</t>
   </si>
   <si>
     <t>Requer informação ao Secretário de Governança Urbana, Planejamento e Meio Ambiente sobre manifestação recebida na ouvidoria da Câmara Municipal de Coronel Fabriciano,  pedindo de informações detalhadas a respeito da intervenção prevista na APA da Biquinha,</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/685/requerimento_no_91.2020_-_marcos_da_luz.docx</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/685/requerimento_no_91.2020_-_marcos_da_luz.docx</t>
   </si>
   <si>
     <t>Requer informações detalhadas a respeito da execução de obras de terraplanagem em cima da mata do bairro JK.</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/686/requerimento_no_92.2020_-_edem.docx</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/686/requerimento_no_92.2020_-_edem.docx</t>
   </si>
   <si>
     <t>Requer informação ao Secretário de Governança Urbana, Planejamento e Meio Ambiente sobre manifestação recebida na ouvidoria da Câmara Municipal de Coronel Fabriciano, pedindo de informações detalhadas a respeito da intervenção prevista na APA da Biquinha,_x000D_
 Indexação</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/687/requerimento_no_93.2020_-_marcos_da_luz.docx</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/687/requerimento_no_93.2020_-_marcos_da_luz.docx</t>
   </si>
   <si>
     <t>Requer informação sobre as providências legais adotadas,  com relação à decisão da Primeira Câmara do Tribunal de Contas do Estado de Minas Gerais (TCEMG), na sessão do dia 18/08/2020, referente à Representação feita pelo Ministério Público de Contas (processo n.1.092.213),</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/688/requerimento_no_94.2020_-_marcos_da_luz.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/688/requerimento_no_94.2020_-_marcos_da_luz.doc</t>
   </si>
   <si>
     <t>Requer  “Moção de Aplausos” à Rádio Liberdade FM 98,7 (Associação Comunitária Integração), pelas comemorações do seu primeiro aniversário, neste dia 20 de agosto de 2020.</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/689/requerimento_n_95.2020_-_concessinaria_wokswagem-_xingo.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/689/requerimento_n_95.2020_-_concessinaria_wokswagem-_xingo.doc</t>
   </si>
   <si>
     <t>Requer do Sr. Presidente que oficie ao Presidente da Volkswagen no Brasil Pablo Di si, solicitando a permanência da Divaço na Rede  de Concessionárias Volkswagens.</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/2/requerimento_no_96.2020_-_adriano_-_cesar_sabino.pdf</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/2/requerimento_no_96.2020_-_adriano_-_cesar_sabino.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO SENHOR CÉSAR DE ASSIS SABINO, PELOS RELEVANTES SERVIÇOS PRESTADOS A COMUNIDADE.</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/29/requerimento_n_97.2020.pdf</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/29/requerimento_n_97.2020.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO SENHOR FABRÍCIO FERREIRA DE FARIAS, PELA SUA DEDICAÇÃO E RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE CORONEL FABRICIANO COMO SERVIDOR PÚBLICO, EXERCENDO A FUNÇÃO DE GERENTE DE PLANEJAMENTO URBANO.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/31/requerimento_n_98.2020.pdf</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/31/requerimento_n_98.2020.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO SENHOR FREDERICO TORRES PIRES, PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE CORONEL FABRICIANO.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/34/requerimento_n_99.2020.pdf</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/34/requerimento_n_99.2020.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS A SENHORA KARLA FERNANDA DA SILVA LIMA, PELA SUA DEDICAÇÃO E RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE CORONEL FABRICIANO, COMO SERVIDORA PÚBLICA.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/36/requerimento_n_100.2020.pdf</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/36/requerimento_n_100.2020.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS A SENHORA GEIZILANE MIRANDA JORGE, PELA SUA DEDICAÇÃO E RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE CORONEL FABRICIANO, COMO SERVIDORA PÚBLICA EXERCENDO A FUNÇÃO DE TNS ARQUITETA URBANISTA.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/37/requerimento_n_101.2020.pdf</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/37/requerimento_n_101.2020.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO SENHOR JOAQUIM ALEXANDRE ALVES, POR SER UM GRANDE HOMEM DE EXEMPLO EM NOSSO MEIO E PELA TAMANHA SIMPLICIDADE.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/39/requerimento_n_102.2020.pdf</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/39/requerimento_n_102.2020.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO SENHOR MARCOS ANTÔNIO LUCIANO, PELOS SEUS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE CORONEL FABRICIANO COMO SERVIDOR PÚBLICO.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/40/requerimento_n_103.2020.pdf</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/40/requerimento_n_103.2020.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS À ASSOCIAÇÃO DOS APOSENTADOS E PENSIONISTA DE IPATINGA, PELOS 40 ANOS DE PRESTAÇÃO DE SERVIÇOS.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/41/requerimento_n_104.2020.pdf</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/41/requerimento_n_104.2020.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS À TOLEDO CONTABILIDADE, PELO EXCELENTE SERVIÇO PRESTADO.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/144/requerimento_no_105.2020_-_marcos_da_luz.docx</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/144/requerimento_no_105.2020_-_marcos_da_luz.docx</t>
   </si>
   <si>
     <t>Requerem seja oficiada a Mesa Diretora da Câmara dos Deputados com o pedido de celeridade na tramitação e aprovação do PL 1328/2020, que “Suspende, durante 120 (cento e vinte) dias, os pagamentos das obrigações de operações de créditos consignados em remunerações, salários, proventos, pensões e benefícios previdenciários, de servidores e empregados, públicos e privados, ativos e inativos, bem como de pensionistas” (Autor: Senado Federal - Otto Alencar - PSD/BA).</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/145/requerimento_no_106.2020_-_marcos_da_luz.docx</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/145/requerimento_no_106.2020_-_marcos_da_luz.docx</t>
   </si>
   <si>
     <t>Requerem seja oficiada a Mesa Diretora do Senado Federal com o pedido de celeridade na tramitação e aprovação do Projeto de Lei nº 5.919/2019, que dispõe sobre a criação do Tribunal Regional Federal exclusivo para Minas Gerais, o TRF da Sexta Região (TRF-6), apresentado pelo ministro João Otávio de Noronha, do Superior Tribunal de Justiça, e já aprovado em turno único na Câmara dos Deputados.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/146/requerimento_no_107.2020_-_marcos_da_luz.docx</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/146/requerimento_no_107.2020_-_marcos_da_luz.docx</t>
   </si>
   <si>
     <t>Moção de Aplausos à E. E Tancredo de Almeida Neves pelo excelente resultado obtido no IDEB/2019, indicador que mede a qualidade do ensino nas escolas públicas.</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/521/requerimento_no_108.2020_-_marcos_da_luz.docx</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/521/requerimento_no_108.2020_-_marcos_da_luz.docx</t>
   </si>
   <si>
     <t>Moção de Aplausos ao Major PM Maiquel Vecce dos Santos, por ter assumido o Comando do 58 BPM, o qual estava no sub-Comando desta honrosa tropa.</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/611/requerimento_no_109.2020_-_beto_cavaleiro.docx</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/611/requerimento_no_109.2020_-_beto_cavaleiro.docx</t>
   </si>
   <si>
     <t>Moção de Aplausos ao Senhor Moacir da Retífica, pela sua simplicidade e dedicação ao seu trabalho.</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/612/requerimento_no_110.2020_-_beto_cavaleiro.docx</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/612/requerimento_no_110.2020_-_beto_cavaleiro.docx</t>
   </si>
   <si>
     <t>Moção de Aplausos ao Senhor Alberto, pela sua simplicidade e grande companheirismo.</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/613/requerimento_no_111.2020_-_beto_cavaleiro.docx</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/613/requerimento_no_111.2020_-_beto_cavaleiro.docx</t>
   </si>
   <si>
     <t>Moção de Aplausos ao Senhor Netinho do Sacolão, pela sua simplicidade e dedicação ao seu trabalho.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/614/requerimento_no_112.2020_-_beto_cavaleiro.docx</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/614/requerimento_no_112.2020_-_beto_cavaleiro.docx</t>
   </si>
   <si>
     <t>Moção de Aplausos a Senhora Eliane do Sacolão, pela sua simplicidade e dedicação ao seu trabalho.</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/615/requerimento_no_113.2020_-_beto_cavaleiro.docx</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/615/requerimento_no_113.2020_-_beto_cavaleiro.docx</t>
   </si>
   <si>
     <t>Moção de Aplausos ao Senhor Douglas Prado Barbosa, pela sua brilhante atuação na Secretaria de Governança Urbana, Planejamento e Meio Ambiente da Prefeitura de Coronel Fabriciano.</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/616/requerimento_no_114.2020_-_beto_cavaleiro.docx</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/616/requerimento_no_114.2020_-_beto_cavaleiro.docx</t>
   </si>
   <si>
     <t>Moção de Aplausos a Senhora Daniely da Silva Santana, pela sua simplicidade e relevantes serviços prestados ao município de Coronel Fabriciano.</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/617/requerimento_no_115.2020_-_beto_cavaleiro.docx</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/617/requerimento_no_115.2020_-_beto_cavaleiro.docx</t>
   </si>
   <si>
     <t>Moção de Aplausos ao Senhor Istanley, pela sua simplicidade e dedicação ao seu trabalho.</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/756/requerimento_no_117.2020_-_a_121_-_marcos_da_luz.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/756/requerimento_no_117.2020_-_a_121_-_marcos_da_luz.doc</t>
   </si>
   <si>
     <t>Requerem seja oficiado o Executivo Municipal com o pedido de informação sobre as compras diretas da Agricultura Familiar realizadas pelo Município com os recursos financeiros repassados pelo FNDE, no âmbito do PNAE, conforme art. 14 da Lei Federal nº 11.947/2009.</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/757/requerimento_no_118.2020_-_marcos_da_luz.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/757/requerimento_no_118.2020_-_marcos_da_luz.doc</t>
   </si>
   <si>
     <t>requerem seja oficiado o Executivo Municipal com o pedido de informação sobre qual estratégia da Administração Municipal para vacinação contra o coronavírus em 2021, especialmente, quanto à logística para recebimento e aplicação das vacinas, e se existe um Plano de Contingência.</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/758/requerimento_no_119.2020_-_marcos_da_luz.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/758/requerimento_no_119.2020_-_marcos_da_luz.doc</t>
   </si>
   <si>
     <t>requerem seja oficiado o Executivo Municipal com o apelo para a prorrogação dos contratos temporários das(os) trabalhadoras(es) da rede municipal de Educação enquanto perdurar o período de calamidade de saúde pública, decorrente da pandemia do Coronavírus.</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/759/requerimento_no_120.2020_-_marcos_da_luz.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/759/requerimento_no_120.2020_-_marcos_da_luz.doc</t>
   </si>
   <si>
     <t>requerem sejam oficiados o Executivo Municipal e a Presidente da APAE de Coronel Fabriciano, Sra. Ronilza Gonçalves Horta Oliveira, no endereço à rua Canela, 55, bairro Floresta, neste Município, com o pedido de informação sobre a real situação dos repasses e convênios mantidos pela atual Administração Municipal com a APAE, incluindo os com Recursos Próprios, se houver.</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/760/requerimento_no_121.2020_-_marcos_da_luz.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/760/requerimento_no_121.2020_-_marcos_da_luz.doc</t>
   </si>
   <si>
     <t>requerem seja enviada “Moção de Aplausos” ao historiador Prof. Amir José de Melo, pelos relevantes serviços prestados ao Município.</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>requerem seja oficiado o Executivo Municipal com o pedido de informação sobre as obras de pavimentação asfáltica das ruas C, D e F, no bairro Jardim Primavera, e avenida Sanitária, no bairro Judith Bhering, e o recapeamento da rua Isolina Maria, no bairro Santa Rita.</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/840/requerimento_no_123.2020_-_marcos_da_luz.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/840/requerimento_no_123.2020_-_marcos_da_luz.doc</t>
   </si>
   <si>
     <t>requerem seja oficiado o Executivo Municipal com o pedido de informação sobre os motivos e justificativa da paralisação das obras de contenção de encostas e de infraestrutura no morro do JK e Padre Rocha, com recursos da União para a Defesa Civil.</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/841/requerimento_no_124.2020_-_marcos_da_luz.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/841/requerimento_no_124.2020_-_marcos_da_luz.doc</t>
   </si>
   <si>
     <t>requerem seja realizada Audiência Pública para debater os impactos da Emenda Constitucional nº 103/2019 no Município.</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/842/requerimento_no_125.2020_-_marcos_da_luz.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/842/requerimento_no_125.2020_-_marcos_da_luz.doc</t>
   </si>
   <si>
     <t>requerem seja enviada “Moção de Aplausos” à fabricianense Jaqueline Tortora Dias, por sua formatura no curso de Engenharia Civil do Instituto Tecnológico de Aeronáutica (ITA), em São José dos Campos-SP.</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/843/requerimento_no_126.2020_-_marcos_da_luz.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/843/requerimento_no_126.2020_-_marcos_da_luz.doc</t>
   </si>
   <si>
     <t>requerem seja enviada “Moção de Aplausos” ao tenente-coronel PM Luiz Carlos Ribeiro Magalhães pela assunção ao Comando do 58º Batalhão da Polícia Militar, sediado em Coronel Fabriciano/MG.</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/844/requerimento_no_127.2020_-_marcos_da_luz.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/844/requerimento_no_127.2020_-_marcos_da_luz.doc</t>
   </si>
   <si>
     <t>Requer seja solicitado ao Executivo Municipal a concessão em 2020 e 2021, na forma da Lei, de isenção aos artistas e profissionais da área cultural do pagamento de Taxas e do Imposto Sobre Serviços (ISS), recolhido pelo Município, devido às dificuldades financeiras causadas pela pandemia da COVID-19.</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/571/indicacao_01.2020_contencao_frederico_ozanan_-_edem.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/571/indicacao_01.2020_contencao_frederico_ozanan_-_edem.doc</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal e à Secretaria de Governança de Obras e Serviços Urbanos a construção de uma contenção ou outra solução necessária, na Avenida Sanitária, próxima a Igreja Quadrangular do Bairro Frederico Ozonam, em frente ao número 2065.</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/573/indicacao_02.2020__-_edem.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/573/indicacao_02.2020__-_edem.doc</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal e à Secretaria de Governança de Obras e Serviços Urbanos, a limpeza da boca de lobo localizada na margem direita da Rua Açaí, nas proximidades do número 50 no bairro Floresta.</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/576/indicacao_03.2020__-_marcos.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/576/indicacao_03.2020__-_marcos.doc</t>
   </si>
   <si>
     <t>Diante da pandemia do Coronavírus (Covid-19), indicam ao Prefeito Municipal a necessidade de alterar o Decreto Municipal n. 7107, de 17 de Dezembro de 2019, que estabelece o Calendário Fiscal para o Exercício de 2020, com a suspensão da cobrança do IPTU, cujo vencimento está programado para o dia 11/05/2020, bem como das demais taxas e impostos municipais e do protesto da Dívida Ativa, enquanto perdurar a pandemia do Coronavírus.</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
     <t>Diante da pandemia do Coronavírus (Covid-19), indicam ao Prefeito Municipal a necessidade de traçar urgentemente uma estratégia para oportunizar o uso da merenda escolar para a alimentação das crianças que estão em casa devido à suspensão das aulas e a necessidade do isolamento social (ficar em casa).</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/583/indicacao_05.2020__-_marcos.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/583/indicacao_05.2020__-_marcos.doc</t>
   </si>
   <si>
     <t>Indicam ao Prefeito Municipal a necessidade de adotar medidas urgentes relacionadas ao estado de calamidade pública (Decreto n. 7.187/2020) no tocante a concessão de benefícios eventuais no âmbito da política pública de assistência social.</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
     <t>Indicam ao Prefeito Municipal a necessidade de dar efetividade às medidas voltadas à proteção da população em situação de rua no Município de Coronel Fabriciano, nos termos da política nacional de atenção à população em situação de rua e do documento elaborado pelo Grupo de Trabalho da Defensoria Pública da União.</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/587/indicacao_07.2020__-_thiago.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/587/indicacao_07.2020__-_thiago.doc</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal que determine à secretaria competente estudos e providências para possível aquisição de câmara de descontaminação de bactérias e vírus para o Hospital Jose Maria Morais.</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal a instalação de um bueiro na Rua Maceió entre o numero 251 a 261 no bairro Amaro Lanari.</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/591/indicacao_09.2020__-_thiago.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/591/indicacao_09.2020__-_thiago.doc</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal que conceda uma gratificação aos Funcionários Públicos Municipais que estejam envolvidos diretamente ao combate do COVID-19.</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/592/indicacao_10.2020__-_thiago.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/592/indicacao_10.2020__-_thiago.doc</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal que determine a higienização e desinfecção de vias e áreas públicas do município de Coronel Fabriciano, através da aplicação de sanitizante como hipoclorito de sódio entre outros que tenham potencial de combater fungos, bactérias e vírus, como o Coronavírus, causador da COVID-19, sem prejuízo ao meio ambiente.</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/593/indicacao_11.2020_-_construcao_ubs_caladinho_-_miltinho_do_sacolao.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/593/indicacao_11.2020_-_construcao_ubs_caladinho_-_miltinho_do_sacolao.doc</t>
   </si>
   <si>
     <t>Indica ao Prefeito de Coronel Fabriciano, que seja implantado, uma unidade Básica da Família no Bairro Caladinho de Baixo, em Cel. Fabriciano, mais rapidamente.</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/596/indicacao_12.2020_-_edem_e_demais_vereadores.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/596/indicacao_12.2020_-_edem_e_demais_vereadores.doc</t>
   </si>
   <si>
     <t>Indicam ao Executivo Municipal e à Secretaria de Obras a limpeza regular do Centro de Convivência Urbano do Bairro Floresta. Indica-se, também, a retirada de animais de grande porte, como cavalos, do local e consequente notificação de seus donos.</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/597/indicacao_no_13.2020_-_marcos_da_luz.docx</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/597/indicacao_no_13.2020_-_marcos_da_luz.docx</t>
   </si>
   <si>
     <t>Indicam ao Prefeito Municipal a necessidade de prorrogar até o fim do Exercício Fiscal a cobrança do IPTU 2020, com desconto de 20% à vista, cujo vencimento ocorre nesta data, 10/07/2020, em razão da pandemia do Coronavírus (Covid-19).</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/599/indicacao_no_14.2020_-_miltinho.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/599/indicacao_no_14.2020_-_miltinho.doc</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito Municipal, Dr. Marcos Vinícius Bizarro, a intervir junto à Secretaria de Obras e Serviços Urbanos, para que seja feita a revitalização da Avenida São Paulo e construção de uma Praça, no seu canteiro lateral. Esta Avenida está situada no Bairro Aparecida do Norte, em Cel. Fabriciano MG.</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/600/indicacao_no_15.2020_-_miltinho.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/600/indicacao_no_15.2020_-_miltinho.doc</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito Municipal, Dr. Marcos Vinícius Bizarro, a intervir junto à Secretaria de Obras e Serviços Urbanos, para que seja feita a construção de uma Praça pública, na Caramuru no Bairro Pedreira,em Cel. Fabriciano MG.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -3162,68 +3162,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/807/proposta_no_44_-_altera_o_art._133_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/19/pl-3043_-utilidade_publica_associacao_bairro_mangueiras-_adriano.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/152/pl-3.062_-_beto__-_proibir_cobranca_taxa_esgoto_copasa.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/148/pl-3.063-__executivo_-_recompoe_perdas_inflacionarias_aos_servidores_publicos.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/153/pl-3.064__edem_-_dispoe_sob_o_tratamento_favorecido_para_candidatos_upa.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/149/pl-3.065__edem_-_dispoe_sob_autorizacao_de_implantacao_de_politicas_de_protecao_caos_e_gatos.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/154/pl-3.066__miltinho_-_dispoe_sobre_ainjstituicao_de_reserva_particular_ecologica.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/155/pl-3.067-__altera_lei_3.320_conselho_idoso_-_adriano_martins.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/156/pl-3.068_thiago_lucas_-_entrada_gratuita.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/157/pl_3.069-2020-_associacao_dos_municpios_mineradores.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/12/pl-3.070_-_escolas_publcias_e_privadas_cadeiras_portadores_tdh_-_edem.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/14/pl-3.071-__altera_lei_3.320_conselho_idoso_-_adriano_martins.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/15/pl-3.072_-_denominacao_campo_bairro_contente-_adriano.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/150/pl-3.073_carmem_-_politica_municipal_de_conscientizacao_lupus.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/147/pl-3.075-_xingozinhocorona_moratoria_tributaria.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/92/pl-3.076-_xingozinho.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/16/pl-3.077-_executivo_-_autorizacao_para_participacaono_consorcio_intermunicipal.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/91/pl-3.078-_xingozinho_-_coronavirus_bancos.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/17/pl-3.079_-_2020_dispoe_sobre_recebimento_de_doacao_pelo_nmunicipio_-_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/79/pl-3.081_-_beto__-__denominacao_de_logradouro_el_shadai.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/77/pl-3.082_-_executivo_-_altera_lei_4.156.2017_plano_plurianual_e_altera_lei_4.244.2019.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/75/pl-3.083_-_beto__-__denominacao_de_ubs.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/74/pl-3.084-_xingozinho_lei_maria_da_penha.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/69/pl-3.086-_xingozinho_-_coronavirus.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/67/pl-3.087-_sandro_-_empresa_amiga_da_educacao.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/65/pl-3.088_-_executivo-criacao_de_cargos_e_contratacao_temporaria_upa_e_hospital.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/64/pl-3.089_-_executivo_altera_4.160_organizacao_da_secretaria.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/63/pl-3.090_-_ldo_executivo.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/59/pl-3.091_-_criacao_do_cmei_dom_lelis_lara_-_executivo.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/57/pl-3.092-_suspende_prazos_dos_concursos_publicos_-_marcos_da_luz_e_demais.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/55/pl_3.094-_adriano_-_dia_da_conscinencia_negra.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/54/pl-3.095-_adriano_-lixo_eletronico.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/53/pl-3.097-_beto_-_auxilio_taxi.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/52/pl-3.098-__cozinha_comunitaria_-_executivo.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/51/pl-3.099-_adriano_-_dia_municipal_da_conscinencia_negra.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/50/pl-3.100-_mes_reflexao_memoria_cilistas_-_lugao.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/49/pl-3.101-_beto_-_denominacao_da_rua_dez_bairro_sao_vicente.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/20/pl-3.102-_beto_-_denominacao_da_rua_sem_numero__bairro_corrego_dos_camilos.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/48/pl-3.103-_xingo_-_desfibrilador.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/47/pl-3.104-_edem_-_denominacao_da_rua_b__bairro_gavea.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/46/pl-3.105__miltinho_-_denomina_praca.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/45/pl-3.106_-_adriano_-_isencao_de_iptu.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/42/pl-3.109_-_denomina_praca_bairro_dom_helvecio_-_adriano_martins.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/21/pl-3.111-__altera_lei4.065limpeza_de_terrenos_baldios_-_edem_almeida.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/35/pl-3.112_-_substitutivo_ao_3.047.2019_-_thiago_lucas.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/33/pl-3.113_-_denominacao_de_logradouro_-_carmen.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/30/pl-3.115_-_profissionais_de_assitencia_social_e_psicologia_escolas_publicas_-_marcos_da_luz.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/11/pl-3.116_-_sistema_municipal_de_cultura_de_coronel_fabriciano_-_executivo_municpal.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/10/pl-3.117_-__regulamenta_acondiconamento_lixo_domestico_-_respeitando_os_garis_-_edem.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/9/pl-3.118_-altera_e_passa_a_denominar_a_lei_no_3.833__-_marcos_-.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/8/pl-3.119-__altera_lei_2.547-95._ronilson.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/3/pl-3.120_-_cria_conselho_municipal_gestao_apa_da_biquinha_-_excutivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/4/pl-3.121_-_criacao_conselho_de_desenvolvimento_enocomico_codecel_-_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/159/pl-3.122_-__farmacia_veterinaria__-_thiago_lucas.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/541/pl-3.123_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/542/pl-_3.124_001_ploa_2021_encadernacao.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/543/pl-3.125_projeto_lei_revisao_ppa_2021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/544/pl-3.126_projeto_lei_altera_anexos_ldo_2021.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/767/pl-3.127_-_altera_3.563_politica_municipal_de_turismo_-_esecutivo.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/598/pl-3.128_-_denomina_a_praca_s_ser_construida__no_bairro_mangueiras_-_adriano.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/691/pl-3.129_-_denomina_praca_a_ser_construida_rua_sao_vicente_jk_-_eugenio.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/692/pl-3.130-_sopao_-_beto.doc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/766/pl-3.131_-_denomina_praca_poliesportiva_juca_violao_amaro_lanari.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/761/pl-3.132_-_coibre_praticas_de_ato_de_racismo_-_marcos.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/764/pl-3.133_-_denomina_praca_silvio_pereira_i_-_canidia.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/765/pl-3.134_-_denomina_praca_silvio_pereira_ii_-_canidia.doc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/804/pl-3.136_-__denomina_auditorio_maria_angelica-_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/805/pl-3.137_-__revoga_lei_2.771.98-_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/806/pl-3.138_-__rpps-_emenda_const_103.2019-_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/97/pr-1179_-_honra_ao_merito_ao__senhor_gilberto_-_nelio_damasceno.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/96/pr-1180_-_medalha_rodrigo_neto_senhor_jailton_aparecido_dos_santos_-_xingozinho.doc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/95/pr-1181_-_merito_desportivo_sandro_nogueira-_xingozinho.doc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/94/pr-1182_-_diploma_de_honra_ao_merito_-_marcos_isaque_-_xingozinho.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/93/pr-1184_-_embaixador_da_paz__padre_william-xingozinho.doc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/89/pr-1185-_reajuste_servidores_camara_municipal_-_mesa_diretora_2020.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/88/pr-1186-_merito_desportivo_-_ronilson_-_passo_a_passo_sport.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/87/pr-1187_-_insitui_auxilio_alimentacao.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/86/pr-1188_-__beto-_embaixador_da_paz_ao_senhor_onofre_de_sousa_lima.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/85/pr-1189_-_insitui_ambiente_virtual_de_deliberacao.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/84/pr-1190_-__beto-_merito_desportivo.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/82/pr-1192_-___merito_legislativoao_diogo_siqueira_-_thiago_lucas.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/81/pr-1196_-__cidadania_honoraria__elcio_-_eugeniopascelli.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/80/pr-1197_-_rodrigo_neto_-_nelio.doc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/78/pr-1198_-_merito_desportivo_-_nelio.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/76/pr-1199_-_reducao_jornada_trabalho_servidores_responsavel_pessoa_dependente_deficiente_ou_em_tratamento_especializado_-_mesa_diretora_2020.doc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/73/pr-1200_-_cidadania_honoraria_dr._gustavo_henrique_silva_cecilio_-_xingozinho.doc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/72/pr-1201_-_denominacao_auditorio_da_escola_do_legislativo_-_adriano.doc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/71/pr-1202_-_diploma_de_honra_ao_merito_-_matheus_henrique_silva_queiroga_-_adriano.doc" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/68/pr-1203_-_cidadania_honoraria__-_lugao.doc" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/66/pr-1204-_cidadania_honoraria___-_adriano.doc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/22/pr-1205-_merito_legislativo__-_francisquini.doc" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/23/pr-1206-_rodrigo_neto__-_francisquini.doc" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/24/pr-1207-_concede_medalha_jovens_notorios__-_francisquini.doc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/25/pr-1208-_concede_diploma_honra_e_merito__-_francisquini.doc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/26/pr-1209-_concede_diploma_embaixador_da_paz__-_francisquini.doc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/27/pr-1210-_concedetitulo_de_cidadania_honoraria__-_francisquini.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/28/pr-1211-_maerito_legislativo_-_lugao.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/5/pr-1212_-embaixador_da_paz_pastor_alvimar-__miltinho.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/6/pr-1213-_merito_legislativo_-_fabricio_-_miltinho.doc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/58/pr-1214-_cidadania_honoraria_-_miltinho.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/18/pr-1215_-_honra_ao_merito_ao__senhor_marcos_roberto_-_miltinho.doc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/61/pr-1216-_cidadania_honoraria_-_cristiano_do_cais.doc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/62/pr-1217_-_diploma_de_merito_desportivo_senhor_deivson_soares_mendel_-_francisquini.doc" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/762/pr-1218-_transferencia_da_sede_-_mesa_diretora.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/763/pr-1219-_altera_regimento_-_mandato_mesa_diretora_2_anos.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/845/pr-1220-_diploma_embaixador_da_paz-_adriano_renato_martins.doc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/846/pr-1221-_embaixador_da_paz-_cristiano_do_cais_-_fabio_goncalves.doc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/847/pr-1222-_medalha_do_merito_legislativo_cristiano_do_cais_-_rinara_de_mattos.doc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/456/requerimento_n_01.2020_-_mocao_de_palusos_-_xingo.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/457/requerimento_n_02.2020_-_mocao_de_aplausos_-_marcos_da_luz_ro_040220.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/458/requerimento_n_03.2020_-_mocao_de_aplausos_-_marcos_da_luz_ro_040220.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/462/requerimento_n_04.2020_-_oficio_secretario_de_obras_capina_-_marcos_da_luz_ro_040220.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/464/requerimento_n_05.2020_-_oficio_secretario_de_obras_sinalizacao_horizontal_-_marcos_da_luz_ro_040220.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/466/requerimento_n_06.2020_-_oficio_secretario_jose_marcio_-_marcos_da_luz.docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/470/requerimento_n_08.2020_-_mocao_de_aplausos_-_xingo_point_barber.doc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/472/requerimento_n_09.2020_-_mocao_de_aplausos_-_xingo_regina_helenar.doc" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/478/requerimento_n_10.2020_-_mocao_de_aplausos_-_xingo_fabriinox_-_falta.doc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/480/requerimento_n_11.2020_-_oficio_a_empresa_univale_transportes_-_thiago.doc" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/487/requerimento_n_12.2020_-_mocao_de_aplausos_-_thiago.doc" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/490/requerimento_n_13.2020_-_cristiano.doc" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/514/requerimento_n_14.2020_-_cristiano.doc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/513/requerimento_n_15.2020_-_cristiano.doc" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/512/requerimento_n_16.2020_-_cristiano.doc" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/511/requerimento_n_17.2020_-_mocao_de_aplausos_-_adriano.doc" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/510/requerimento_n_18.2020_-_cristiano_cdl_domingos_savio.doc" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/508/requerimento_n_20.2020_-_mocao_de_aplausos_-_marcos.doc" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/507/requerimento_n_21.2020_-_mocao_de_aplausos_-_marcos.doc" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/506/requerimento_n_22.2020_-_mocao_de_aplausos_-_marcos.doc" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/504/requerimento_n_23.2020_-_mocao_de_aplausos_-_marcos.doc" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/505/requerimento_n_24.2020_-_adriano_-iluminacao_das_pracas.doc" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/503/requerimento_n_25.2020_-_marcos.doc" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/502/requerimento_n_26.2020_-_marcos.doc" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/501/requerimento_n_27.2020_-_beto.doc" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/500/requerimento_n_28.2020_-_beto.doc" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/499/requerimento_n_29.2020_-_marcos_e_demais.doc" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/498/requerimento_n_30.2020_-_marcos_e_demais.doc" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/497/requerimento_n_31.2020_-_marcos_e_demais.doc" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/496/requerimento_n_32.2020_-_beto.doc" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/495/requerimento_n_33.2020_-_edem.doc" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/494/requerimento_n_34.2020_-_edem_lanchonete_bom_de_boca.doc" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/493/requerimento_n_35.2020_-_edem__emporiumd_ecoracoes.doc" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/516/requerimento_n_37.2020_-_edem_doce_encanto.doc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/517/requerimento_n_39.2020_-_marcos.doc" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/518/requerimento_n_40.2020_-_marcos.doc" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/519/requerimento_n_41.2020_-_mocao_de_aplausos_-_adriano.doc" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/522/requerimento_n_44.2020_-_mocao_de_aplausos_-_adriano.doc" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/523/requerimento_n_45.2020_-_mocao_de_aplausos_-_adriano.doc" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/524/requerimento_n_46.2020_-_mocao_de_aplausos__-_adriano.doc" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/525/requerimento_no_47.2020_-_solicita_informacoes_katia_barbalho_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/526/requerimento_no_48.2020_-_solicita_informacoes_nelson_diniz_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/527/requerimento_no_49.2020_-_solicita_informacoes_jose_marcio_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/528/requerimento_no_50.2020_-_mocao_de_aplausos_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/529/requerimento_no_51.2020_-_mocao_de_aplausos_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/530/requerimento_n_52.2020_-_taxa_de_coleta_de_lixo-_adriano.doc" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/531/requerimento_n_53.2020_-_mocao_de_aplausos_-_adriano_-_atila.doc" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/533/requerimento_no_55.2020_-_mocao_de_aplausos_-_beto.doc" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/534/requerimento_no_56.2020_-_audiencia_publica_aumento_abusivo_agua_-_beto.doc" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/535/requerimento_no_57.2020_-_audiencia_publica_nao_cumprimento_prazos_cartorios_-_beto.doc" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/536/requerimento_no_58.2020_-_beto.doc" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/537/requerimento_no_59.2020_-_beto.doc" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/538/requerimento_no_60.2020_-_beto.doc" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/539/requerimento_no_61.2020_-_marcos.doc" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/540/requerimento_no_62.2020_-_solicita_informacoes_katia_barbalho_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/545/requerimento_no_63.2020_-_beto.doc" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/546/requerimento_no_64.2020_-_beto.doc" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/547/requerimento_no_65.2020_-_solicita_informacoes_autotras_-_cristiano.doc" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/548/requerimento_no_66.2020_-_mocao_de_aplausos_junior_dos_anjos_-_adriano.doc" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/549/requerimento_no_67.2020_-_mocao_de_aplausos_carlos_roberto_barbosa_-_adriano.doc" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/552/requerimento_no_68.2020_-_marcos_da_luz.docx" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/550/requerimento_no_70.2020_-_marcos_da_luz.docx" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/553/requerimento_no_73.2020_-_marcos_da_luz.docx" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/554/requerimento_no_74.2020_-_mocao_de_aplausos_andreia_botelho_-_adriano.doc" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/555/requerimento_no_75.2020_-_marcos_da_luz.docx" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/556/requerimento_no_76.2020_-_marcos_da_luz.docx" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/559/requerimento_no_79.2020_-_marcos_da_luz.docx" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/561/requerimento_no_80.2020_-_marcos_da_luz.docx" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/562/requerimento_no_81.2020_-_marcos_da_luz.docx" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/563/requerimento_no_82.2020_-_marcos_da_luz.docx" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/564/requerimento_no_83.2020_-_marcos_da_luz.docx" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/565/requerimento_no_84.2020_-_edem.docx" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/680/requerimento_no_86.2020_-_edem.docx" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/681/requerimento_no_87.2020_-_mocao_de_aplausos_-_ronilson_evelton_-_katia.doc" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/682/requerimento_no_88.2020_-_beto_audiencia_publica.doc" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/683/requerimento_no_89.2020_-_marcos_da_luz.docx" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/684/requerimento_no_90.2020_-_marcos_da_luz.docx" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/685/requerimento_no_91.2020_-_marcos_da_luz.docx" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/686/requerimento_no_92.2020_-_edem.docx" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/687/requerimento_no_93.2020_-_marcos_da_luz.docx" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/688/requerimento_no_94.2020_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/689/requerimento_n_95.2020_-_concessinaria_wokswagem-_xingo.doc" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/2/requerimento_no_96.2020_-_adriano_-_cesar_sabino.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/29/requerimento_n_97.2020.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/31/requerimento_n_98.2020.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/34/requerimento_n_99.2020.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/36/requerimento_n_100.2020.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/37/requerimento_n_101.2020.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/39/requerimento_n_102.2020.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/40/requerimento_n_103.2020.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/41/requerimento_n_104.2020.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/144/requerimento_no_105.2020_-_marcos_da_luz.docx" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/145/requerimento_no_106.2020_-_marcos_da_luz.docx" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/146/requerimento_no_107.2020_-_marcos_da_luz.docx" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/521/requerimento_no_108.2020_-_marcos_da_luz.docx" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/611/requerimento_no_109.2020_-_beto_cavaleiro.docx" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/612/requerimento_no_110.2020_-_beto_cavaleiro.docx" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/613/requerimento_no_111.2020_-_beto_cavaleiro.docx" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/614/requerimento_no_112.2020_-_beto_cavaleiro.docx" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/615/requerimento_no_113.2020_-_beto_cavaleiro.docx" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/616/requerimento_no_114.2020_-_beto_cavaleiro.docx" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/617/requerimento_no_115.2020_-_beto_cavaleiro.docx" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/756/requerimento_no_117.2020_-_a_121_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/757/requerimento_no_118.2020_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/758/requerimento_no_119.2020_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/759/requerimento_no_120.2020_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/760/requerimento_no_121.2020_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/840/requerimento_no_123.2020_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/841/requerimento_no_124.2020_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/842/requerimento_no_125.2020_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/843/requerimento_no_126.2020_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/844/requerimento_no_127.2020_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/571/indicacao_01.2020_contencao_frederico_ozanan_-_edem.doc" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/573/indicacao_02.2020__-_edem.doc" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/576/indicacao_03.2020__-_marcos.doc" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/583/indicacao_05.2020__-_marcos.doc" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/587/indicacao_07.2020__-_thiago.doc" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/591/indicacao_09.2020__-_thiago.doc" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/592/indicacao_10.2020__-_thiago.doc" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/593/indicacao_11.2020_-_construcao_ubs_caladinho_-_miltinho_do_sacolao.doc" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/596/indicacao_12.2020_-_edem_e_demais_vereadores.doc" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/597/indicacao_no_13.2020_-_marcos_da_luz.docx" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/599/indicacao_no_14.2020_-_miltinho.doc" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/600/indicacao_no_15.2020_-_miltinho.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/807/proposta_no_44_-_altera_o_art._133_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/19/pl-3043_-utilidade_publica_associacao_bairro_mangueiras-_adriano.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/152/pl-3.062_-_beto__-_proibir_cobranca_taxa_esgoto_copasa.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/148/pl-3.063-__executivo_-_recompoe_perdas_inflacionarias_aos_servidores_publicos.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/153/pl-3.064__edem_-_dispoe_sob_o_tratamento_favorecido_para_candidatos_upa.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/149/pl-3.065__edem_-_dispoe_sob_autorizacao_de_implantacao_de_politicas_de_protecao_caos_e_gatos.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/154/pl-3.066__miltinho_-_dispoe_sobre_ainjstituicao_de_reserva_particular_ecologica.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/155/pl-3.067-__altera_lei_3.320_conselho_idoso_-_adriano_martins.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/156/pl-3.068_thiago_lucas_-_entrada_gratuita.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/157/pl_3.069-2020-_associacao_dos_municpios_mineradores.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/12/pl-3.070_-_escolas_publcias_e_privadas_cadeiras_portadores_tdh_-_edem.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/14/pl-3.071-__altera_lei_3.320_conselho_idoso_-_adriano_martins.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/15/pl-3.072_-_denominacao_campo_bairro_contente-_adriano.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/150/pl-3.073_carmem_-_politica_municipal_de_conscientizacao_lupus.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/147/pl-3.075-_xingozinhocorona_moratoria_tributaria.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/92/pl-3.076-_xingozinho.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/16/pl-3.077-_executivo_-_autorizacao_para_participacaono_consorcio_intermunicipal.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/91/pl-3.078-_xingozinho_-_coronavirus_bancos.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/17/pl-3.079_-_2020_dispoe_sobre_recebimento_de_doacao_pelo_nmunicipio_-_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/79/pl-3.081_-_beto__-__denominacao_de_logradouro_el_shadai.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/77/pl-3.082_-_executivo_-_altera_lei_4.156.2017_plano_plurianual_e_altera_lei_4.244.2019.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/75/pl-3.083_-_beto__-__denominacao_de_ubs.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/74/pl-3.084-_xingozinho_lei_maria_da_penha.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/69/pl-3.086-_xingozinho_-_coronavirus.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/67/pl-3.087-_sandro_-_empresa_amiga_da_educacao.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/65/pl-3.088_-_executivo-criacao_de_cargos_e_contratacao_temporaria_upa_e_hospital.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/64/pl-3.089_-_executivo_altera_4.160_organizacao_da_secretaria.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/63/pl-3.090_-_ldo_executivo.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/59/pl-3.091_-_criacao_do_cmei_dom_lelis_lara_-_executivo.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/57/pl-3.092-_suspende_prazos_dos_concursos_publicos_-_marcos_da_luz_e_demais.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/55/pl_3.094-_adriano_-_dia_da_conscinencia_negra.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/54/pl-3.095-_adriano_-lixo_eletronico.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/53/pl-3.097-_beto_-_auxilio_taxi.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/52/pl-3.098-__cozinha_comunitaria_-_executivo.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/51/pl-3.099-_adriano_-_dia_municipal_da_conscinencia_negra.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/50/pl-3.100-_mes_reflexao_memoria_cilistas_-_lugao.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/49/pl-3.101-_beto_-_denominacao_da_rua_dez_bairro_sao_vicente.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/20/pl-3.102-_beto_-_denominacao_da_rua_sem_numero__bairro_corrego_dos_camilos.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/48/pl-3.103-_xingo_-_desfibrilador.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/47/pl-3.104-_edem_-_denominacao_da_rua_b__bairro_gavea.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/46/pl-3.105__miltinho_-_denomina_praca.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/45/pl-3.106_-_adriano_-_isencao_de_iptu.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/42/pl-3.109_-_denomina_praca_bairro_dom_helvecio_-_adriano_martins.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/21/pl-3.111-__altera_lei4.065limpeza_de_terrenos_baldios_-_edem_almeida.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/35/pl-3.112_-_substitutivo_ao_3.047.2019_-_thiago_lucas.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/33/pl-3.113_-_denominacao_de_logradouro_-_carmen.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/30/pl-3.115_-_profissionais_de_assitencia_social_e_psicologia_escolas_publicas_-_marcos_da_luz.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/11/pl-3.116_-_sistema_municipal_de_cultura_de_coronel_fabriciano_-_executivo_municpal.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/10/pl-3.117_-__regulamenta_acondiconamento_lixo_domestico_-_respeitando_os_garis_-_edem.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/9/pl-3.118_-altera_e_passa_a_denominar_a_lei_no_3.833__-_marcos_-.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/8/pl-3.119-__altera_lei_2.547-95._ronilson.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/3/pl-3.120_-_cria_conselho_municipal_gestao_apa_da_biquinha_-_excutivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/4/pl-3.121_-_criacao_conselho_de_desenvolvimento_enocomico_codecel_-_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/159/pl-3.122_-__farmacia_veterinaria__-_thiago_lucas.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/541/pl-3.123_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/542/pl-_3.124_001_ploa_2021_encadernacao.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/543/pl-3.125_projeto_lei_revisao_ppa_2021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/544/pl-3.126_projeto_lei_altera_anexos_ldo_2021.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/767/pl-3.127_-_altera_3.563_politica_municipal_de_turismo_-_esecutivo.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/598/pl-3.128_-_denomina_a_praca_s_ser_construida__no_bairro_mangueiras_-_adriano.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/691/pl-3.129_-_denomina_praca_a_ser_construida_rua_sao_vicente_jk_-_eugenio.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/692/pl-3.130-_sopao_-_beto.doc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/766/pl-3.131_-_denomina_praca_poliesportiva_juca_violao_amaro_lanari.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/761/pl-3.132_-_coibre_praticas_de_ato_de_racismo_-_marcos.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/764/pl-3.133_-_denomina_praca_silvio_pereira_i_-_canidia.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/765/pl-3.134_-_denomina_praca_silvio_pereira_ii_-_canidia.doc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/804/pl-3.136_-__denomina_auditorio_maria_angelica-_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/805/pl-3.137_-__revoga_lei_2.771.98-_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/806/pl-3.138_-__rpps-_emenda_const_103.2019-_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/97/pr-1179_-_honra_ao_merito_ao__senhor_gilberto_-_nelio_damasceno.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/96/pr-1180_-_medalha_rodrigo_neto_senhor_jailton_aparecido_dos_santos_-_xingozinho.doc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/95/pr-1181_-_merito_desportivo_sandro_nogueira-_xingozinho.doc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/94/pr-1182_-_diploma_de_honra_ao_merito_-_marcos_isaque_-_xingozinho.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/93/pr-1184_-_embaixador_da_paz__padre_william-xingozinho.doc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/89/pr-1185-_reajuste_servidores_camara_municipal_-_mesa_diretora_2020.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/88/pr-1186-_merito_desportivo_-_ronilson_-_passo_a_passo_sport.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/87/pr-1187_-_insitui_auxilio_alimentacao.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/86/pr-1188_-__beto-_embaixador_da_paz_ao_senhor_onofre_de_sousa_lima.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/85/pr-1189_-_insitui_ambiente_virtual_de_deliberacao.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/84/pr-1190_-__beto-_merito_desportivo.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/82/pr-1192_-___merito_legislativoao_diogo_siqueira_-_thiago_lucas.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/81/pr-1196_-__cidadania_honoraria__elcio_-_eugeniopascelli.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/80/pr-1197_-_rodrigo_neto_-_nelio.doc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/78/pr-1198_-_merito_desportivo_-_nelio.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/76/pr-1199_-_reducao_jornada_trabalho_servidores_responsavel_pessoa_dependente_deficiente_ou_em_tratamento_especializado_-_mesa_diretora_2020.doc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/73/pr-1200_-_cidadania_honoraria_dr._gustavo_henrique_silva_cecilio_-_xingozinho.doc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/72/pr-1201_-_denominacao_auditorio_da_escola_do_legislativo_-_adriano.doc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/71/pr-1202_-_diploma_de_honra_ao_merito_-_matheus_henrique_silva_queiroga_-_adriano.doc" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/68/pr-1203_-_cidadania_honoraria__-_lugao.doc" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/66/pr-1204-_cidadania_honoraria___-_adriano.doc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/22/pr-1205-_merito_legislativo__-_francisquini.doc" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/23/pr-1206-_rodrigo_neto__-_francisquini.doc" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/24/pr-1207-_concede_medalha_jovens_notorios__-_francisquini.doc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/25/pr-1208-_concede_diploma_honra_e_merito__-_francisquini.doc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/26/pr-1209-_concede_diploma_embaixador_da_paz__-_francisquini.doc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/27/pr-1210-_concedetitulo_de_cidadania_honoraria__-_francisquini.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/28/pr-1211-_maerito_legislativo_-_lugao.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/5/pr-1212_-embaixador_da_paz_pastor_alvimar-__miltinho.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/6/pr-1213-_merito_legislativo_-_fabricio_-_miltinho.doc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/58/pr-1214-_cidadania_honoraria_-_miltinho.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/18/pr-1215_-_honra_ao_merito_ao__senhor_marcos_roberto_-_miltinho.doc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/61/pr-1216-_cidadania_honoraria_-_cristiano_do_cais.doc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/62/pr-1217_-_diploma_de_merito_desportivo_senhor_deivson_soares_mendel_-_francisquini.doc" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/762/pr-1218-_transferencia_da_sede_-_mesa_diretora.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/763/pr-1219-_altera_regimento_-_mandato_mesa_diretora_2_anos.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/845/pr-1220-_diploma_embaixador_da_paz-_adriano_renato_martins.doc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/846/pr-1221-_embaixador_da_paz-_cristiano_do_cais_-_fabio_goncalves.doc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/847/pr-1222-_medalha_do_merito_legislativo_cristiano_do_cais_-_rinara_de_mattos.doc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/456/requerimento_n_01.2020_-_mocao_de_palusos_-_xingo.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/457/requerimento_n_02.2020_-_mocao_de_aplausos_-_marcos_da_luz_ro_040220.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/458/requerimento_n_03.2020_-_mocao_de_aplausos_-_marcos_da_luz_ro_040220.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/462/requerimento_n_04.2020_-_oficio_secretario_de_obras_capina_-_marcos_da_luz_ro_040220.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/464/requerimento_n_05.2020_-_oficio_secretario_de_obras_sinalizacao_horizontal_-_marcos_da_luz_ro_040220.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/466/requerimento_n_06.2020_-_oficio_secretario_jose_marcio_-_marcos_da_luz.docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/470/requerimento_n_08.2020_-_mocao_de_aplausos_-_xingo_point_barber.doc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/472/requerimento_n_09.2020_-_mocao_de_aplausos_-_xingo_regina_helenar.doc" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/478/requerimento_n_10.2020_-_mocao_de_aplausos_-_xingo_fabriinox_-_falta.doc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/480/requerimento_n_11.2020_-_oficio_a_empresa_univale_transportes_-_thiago.doc" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/487/requerimento_n_12.2020_-_mocao_de_aplausos_-_thiago.doc" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/490/requerimento_n_13.2020_-_cristiano.doc" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/514/requerimento_n_14.2020_-_cristiano.doc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/513/requerimento_n_15.2020_-_cristiano.doc" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/512/requerimento_n_16.2020_-_cristiano.doc" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/511/requerimento_n_17.2020_-_mocao_de_aplausos_-_adriano.doc" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/510/requerimento_n_18.2020_-_cristiano_cdl_domingos_savio.doc" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/508/requerimento_n_20.2020_-_mocao_de_aplausos_-_marcos.doc" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/507/requerimento_n_21.2020_-_mocao_de_aplausos_-_marcos.doc" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/506/requerimento_n_22.2020_-_mocao_de_aplausos_-_marcos.doc" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/504/requerimento_n_23.2020_-_mocao_de_aplausos_-_marcos.doc" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/505/requerimento_n_24.2020_-_adriano_-iluminacao_das_pracas.doc" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/503/requerimento_n_25.2020_-_marcos.doc" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/502/requerimento_n_26.2020_-_marcos.doc" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/501/requerimento_n_27.2020_-_beto.doc" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/500/requerimento_n_28.2020_-_beto.doc" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/499/requerimento_n_29.2020_-_marcos_e_demais.doc" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/498/requerimento_n_30.2020_-_marcos_e_demais.doc" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/497/requerimento_n_31.2020_-_marcos_e_demais.doc" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/496/requerimento_n_32.2020_-_beto.doc" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/495/requerimento_n_33.2020_-_edem.doc" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/494/requerimento_n_34.2020_-_edem_lanchonete_bom_de_boca.doc" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/493/requerimento_n_35.2020_-_edem__emporiumd_ecoracoes.doc" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/516/requerimento_n_37.2020_-_edem_doce_encanto.doc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/517/requerimento_n_39.2020_-_marcos.doc" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/518/requerimento_n_40.2020_-_marcos.doc" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/519/requerimento_n_41.2020_-_mocao_de_aplausos_-_adriano.doc" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/522/requerimento_n_44.2020_-_mocao_de_aplausos_-_adriano.doc" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/523/requerimento_n_45.2020_-_mocao_de_aplausos_-_adriano.doc" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/524/requerimento_n_46.2020_-_mocao_de_aplausos__-_adriano.doc" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/525/requerimento_no_47.2020_-_solicita_informacoes_katia_barbalho_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/526/requerimento_no_48.2020_-_solicita_informacoes_nelson_diniz_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/527/requerimento_no_49.2020_-_solicita_informacoes_jose_marcio_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/528/requerimento_no_50.2020_-_mocao_de_aplausos_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/529/requerimento_no_51.2020_-_mocao_de_aplausos_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/530/requerimento_n_52.2020_-_taxa_de_coleta_de_lixo-_adriano.doc" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/531/requerimento_n_53.2020_-_mocao_de_aplausos_-_adriano_-_atila.doc" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/533/requerimento_no_55.2020_-_mocao_de_aplausos_-_beto.doc" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/534/requerimento_no_56.2020_-_audiencia_publica_aumento_abusivo_agua_-_beto.doc" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/535/requerimento_no_57.2020_-_audiencia_publica_nao_cumprimento_prazos_cartorios_-_beto.doc" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/536/requerimento_no_58.2020_-_beto.doc" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/537/requerimento_no_59.2020_-_beto.doc" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/538/requerimento_no_60.2020_-_beto.doc" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/539/requerimento_no_61.2020_-_marcos.doc" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/540/requerimento_no_62.2020_-_solicita_informacoes_katia_barbalho_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/545/requerimento_no_63.2020_-_beto.doc" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/546/requerimento_no_64.2020_-_beto.doc" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/547/requerimento_no_65.2020_-_solicita_informacoes_autotras_-_cristiano.doc" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/548/requerimento_no_66.2020_-_mocao_de_aplausos_junior_dos_anjos_-_adriano.doc" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/549/requerimento_no_67.2020_-_mocao_de_aplausos_carlos_roberto_barbosa_-_adriano.doc" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/552/requerimento_no_68.2020_-_marcos_da_luz.docx" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/550/requerimento_no_70.2020_-_marcos_da_luz.docx" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/553/requerimento_no_73.2020_-_marcos_da_luz.docx" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/554/requerimento_no_74.2020_-_mocao_de_aplausos_andreia_botelho_-_adriano.doc" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/555/requerimento_no_75.2020_-_marcos_da_luz.docx" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/556/requerimento_no_76.2020_-_marcos_da_luz.docx" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/559/requerimento_no_79.2020_-_marcos_da_luz.docx" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/561/requerimento_no_80.2020_-_marcos_da_luz.docx" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/562/requerimento_no_81.2020_-_marcos_da_luz.docx" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/563/requerimento_no_82.2020_-_marcos_da_luz.docx" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/564/requerimento_no_83.2020_-_marcos_da_luz.docx" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/565/requerimento_no_84.2020_-_edem.docx" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/680/requerimento_no_86.2020_-_edem.docx" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/681/requerimento_no_87.2020_-_mocao_de_aplausos_-_ronilson_evelton_-_katia.doc" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/682/requerimento_no_88.2020_-_beto_audiencia_publica.doc" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/683/requerimento_no_89.2020_-_marcos_da_luz.docx" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/684/requerimento_no_90.2020_-_marcos_da_luz.docx" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/685/requerimento_no_91.2020_-_marcos_da_luz.docx" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/686/requerimento_no_92.2020_-_edem.docx" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/687/requerimento_no_93.2020_-_marcos_da_luz.docx" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/688/requerimento_no_94.2020_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/689/requerimento_n_95.2020_-_concessinaria_wokswagem-_xingo.doc" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/2/requerimento_no_96.2020_-_adriano_-_cesar_sabino.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/29/requerimento_n_97.2020.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/31/requerimento_n_98.2020.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/34/requerimento_n_99.2020.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/36/requerimento_n_100.2020.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/37/requerimento_n_101.2020.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/39/requerimento_n_102.2020.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/40/requerimento_n_103.2020.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/41/requerimento_n_104.2020.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/144/requerimento_no_105.2020_-_marcos_da_luz.docx" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/145/requerimento_no_106.2020_-_marcos_da_luz.docx" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/146/requerimento_no_107.2020_-_marcos_da_luz.docx" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/521/requerimento_no_108.2020_-_marcos_da_luz.docx" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/611/requerimento_no_109.2020_-_beto_cavaleiro.docx" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/612/requerimento_no_110.2020_-_beto_cavaleiro.docx" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/613/requerimento_no_111.2020_-_beto_cavaleiro.docx" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/614/requerimento_no_112.2020_-_beto_cavaleiro.docx" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/615/requerimento_no_113.2020_-_beto_cavaleiro.docx" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/616/requerimento_no_114.2020_-_beto_cavaleiro.docx" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/617/requerimento_no_115.2020_-_beto_cavaleiro.docx" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/756/requerimento_no_117.2020_-_a_121_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/757/requerimento_no_118.2020_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/758/requerimento_no_119.2020_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/759/requerimento_no_120.2020_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/760/requerimento_no_121.2020_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/840/requerimento_no_123.2020_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/841/requerimento_no_124.2020_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/842/requerimento_no_125.2020_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/843/requerimento_no_126.2020_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/844/requerimento_no_127.2020_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/571/indicacao_01.2020_contencao_frederico_ozanan_-_edem.doc" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/573/indicacao_02.2020__-_edem.doc" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/576/indicacao_03.2020__-_marcos.doc" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/583/indicacao_05.2020__-_marcos.doc" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/587/indicacao_07.2020__-_thiago.doc" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/591/indicacao_09.2020__-_thiago.doc" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/592/indicacao_10.2020__-_thiago.doc" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/593/indicacao_11.2020_-_construcao_ubs_caladinho_-_miltinho_do_sacolao.doc" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/596/indicacao_12.2020_-_edem_e_demais_vereadores.doc" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/597/indicacao_no_13.2020_-_marcos_da_luz.docx" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/599/indicacao_no_14.2020_-_miltinho.doc" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2020/600/indicacao_no_15.2020_-_miltinho.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H256"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="46.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="62.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="218.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="217.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>