--- v0 (2025-12-25)
+++ v1 (2026-03-27)
@@ -54,4430 +54,4430 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>2967</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
     <t>Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/217/pl-2967-_substitutivo_ao_2967-2018_-_altera_lei_complementar_6_operacao_consorciada_maanaim_ouc_-_executivo.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/217/pl-2967-_substitutivo_ao_2967-2018_-_altera_lei_complementar_6_operacao_consorciada_maanaim_ouc_-_executivo.doc</t>
   </si>
   <si>
     <t>“Alteração da Lei Complementar 0006, de 28 de dezembro de 2017 que institui a Operação Urbana Consorciada Avenida Maanaim – OUC Avenida Maanaim, em conformidade com artigos 67 e 68 da lei municipal nº 3.759/2012 – Plano Diretor Municipal, e artigos 32 a 34-a, da Lei Federal nº 10.257/2001 – Estatuto da Cidade, aprova o novo plano de intervenção e estudo de impacto de vizinhança para Operação Urbana Consorciada Avenida Maanaim e dá outras providências”.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>2971</t>
   </si>
   <si>
     <t>Professor Edem</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/241/pl-2971-medicos_na_educacao_infantil-_edem.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/241/pl-2971-medicos_na_educacao_infantil-_edem.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre a autorização de implantação e regularização do Programa  "Médico na Educação Infantil".</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>2972</t>
   </si>
   <si>
     <t>MILTINHO DO SACOLÃO</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/240/pl-2972-denominacao_de_lagradouro.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/240/pl-2972-denominacao_de_lagradouro.doc</t>
   </si>
   <si>
     <t>"Dispõe sobre denominação de logradouro público neste Município".</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>2973</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/239/pl-2973-denomina_a_praca_situada_no_bairro_caladinho_-_miltinho_retirado.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/239/pl-2973-denomina_a_praca_situada_no_bairro_caladinho_-_miltinho_retirado.doc</t>
   </si>
   <si>
     <t>“Denomina a praça situada no Bairro Caladinho de Baixo, em frente às residências dos números 51, 58 e 69, como Praça Silva Correia, em nosso município e dá outras providências”.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>2974</t>
   </si>
   <si>
     <t>Marcos da Luz</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/238/pl-2974-dispoe_sobre_denominacao_de_logradouro_publico_-_marcos_da_luz.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/238/pl-2974-dispoe_sobre_denominacao_de_logradouro_publico_-_marcos_da_luz.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre denominação de logradouro público.”</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>2975</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/237/pl-2975-exposicao_de_orquideas_calendario_-_marcos_da_luz.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/237/pl-2975-exposicao_de_orquideas_calendario_-_marcos_da_luz.doc</t>
   </si>
   <si>
     <t>“Inclui a ‘Exposição de Orquídeas’ no Calendário Oficial de Eventos do Município de Coronel Fabriciano.”</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>2976</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/236/pl-2976-regularizacao_area_-_executivo.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/236/pl-2976-regularizacao_area_-_executivo.doc</t>
   </si>
   <si>
     <t>Altera a Lei 3.995, de 16 de Abril de 2015, que autoriza o Município a doar e/ou regularizar as áreas remanescentes que menciona e dá outras providências, bem como revoga a Lei 4.084, de 14 de Dezembro de 2016</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>2977</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/</t>
   </si>
   <si>
     <t>“Institui o programa municipal de ecobarreiras e dá outras providências.”</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>2978</t>
   </si>
   <si>
     <t>NÚMERO NÃO UTILIZADO</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>2979</t>
   </si>
   <si>
     <t>Sargento Francisquni</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/229/pl-2979-passe_livre_para_militares.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/229/pl-2979-passe_livre_para_militares.doc</t>
   </si>
   <si>
     <t>"Concede passe livre nos transportes coletivos urbanos ao policial militar, bombeiro militar e policial civil."</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>2980</t>
   </si>
   <si>
     <t>Xingozinho</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/228/pl-2980-_altera_a_lei_m_2.253-90._xingozinho.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/228/pl-2980-_altera_a_lei_m_2.253-90._xingozinho.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre denominação de logradouro público no Bairro Bom Jesus, neste Município.”</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>2981</t>
   </si>
   <si>
     <t>LUGÃO</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/200/pl-2981_-_proibe_obras_municipais_inacabadas_inauguracao_luciano_lugao.docx</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/200/pl-2981_-_proibe_obras_municipais_inacabadas_inauguracao_luciano_lugao.docx</t>
   </si>
   <si>
     <t>“Proíbe a inauguração de obras públicas municipais inacabadas ou que não possam ser usufruídas de imediato pela população”.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>2982</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/199/pl-2982_-extingue_cargos_mesa_diretora.docx</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/199/pl-2982_-extingue_cargos_mesa_diretora.docx</t>
   </si>
   <si>
     <t>"Revoga dispositivo da Lei 4.105 de  31 de março de 2017. "</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>2984</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/198/pl-2984-majoracao_percentual_de_suplementacao_-_executivo.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/198/pl-2984-majoracao_percentual_de_suplementacao_-_executivo.doc</t>
   </si>
   <si>
     <t>"Dispõe sobre modificado o artigo 8º da Lei nº 4.210 de 21 de dezembro de 2018, Lei Orçamentária Anual,</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>2985</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/197/pl-2985_-_alvara_posto_gasolina_luciano_lugao.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/197/pl-2985_-_alvara_posto_gasolina_luciano_lugao.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre cassação de alvará de funcionamento de postos de gasolina que adulterarem combustíveis”.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>2986</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/196/pl-2986_-_proibe_contratacao_leimaria_da_penha_xingozinho.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/196/pl-2986_-_proibe_contratacao_leimaria_da_penha_xingozinho.doc</t>
   </si>
   <si>
     <t>“Veda a nomeação para cargos em comissão de pessoas que tenham sido condenadas pela Lei Federal nº 11.340, no âmbito do Município de Coronel Fabriciano.”</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>2988</t>
   </si>
   <si>
     <t>– Carmem do Sinttrocel</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/195/pl-2988-_dispoe_sobre_o_atendimento_preferencial-__carmem.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/195/pl-2988-_dispoe_sobre_o_atendimento_preferencial-__carmem.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre o atendimento preferencial ás pessoas com fibromialgia nos locais que especifica e das outras providências.”</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>2989</t>
   </si>
   <si>
     <t>BETO CAVALEIRO</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/194/pl-2989_-_programa_municipal_deincentivo_familiar-beto.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/194/pl-2989_-_programa_municipal_deincentivo_familiar-beto.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre o Programa Municipal de Incentivo à Agricultura Familiar no Município de Coronel Fabriciano e dá outras providências.”</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>2990</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/193/pl-2990-_feira_livre_da_agricultura_familiar-_beto.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/193/pl-2990-_feira_livre_da_agricultura_familiar-_beto.doc</t>
   </si>
   <si>
     <t>“Institui o Programa " Feira Livre da Agricultura Familiar" no Município de Coronel Fabriciano e dá outras providências.”</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>2991</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/192/pl-2991_-_xingozinho_quarentena.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/192/pl-2991_-_xingozinho_quarentena.doc</t>
   </si>
   <si>
     <t>“Estabelece “quarentena” para o poder Executivo Municipal contratar com ex-servidor público ocupante de cargo de secretário municipal e pessoas jurídicas vinculadas”.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>2992</t>
   </si>
   <si>
     <t>CRISTIANO DO CAIS</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/191/pl-2992_-_cristiano-_declara_de_utilidade_publica_a_igreja_evangelica_betania.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/191/pl-2992_-_cristiano-_declara_de_utilidade_publica_a_igreja_evangelica_betania.doc</t>
   </si>
   <si>
     <t>“Declara de Utilidade Pública a Igreja Evangélica Betânia”.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>2993</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/190/pl-2993-_beto_cuidados_paliativos.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/190/pl-2993-_beto_cuidados_paliativos.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre a criação do Programa de Cuidados Paliativos no Município de Coronel Fabriciano e dá outras providências.”</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>2994</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/189/pl-2994-_beto_costrucao_solidaria.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/189/pl-2994-_beto_costrucao_solidaria.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre a criação do Programa Construção Solidária no âmbito do Município de Coronel Fabriciano e dá outras providências.”</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>2995</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/188/pl-2995-_beto_-_concessao_de_servico_funerario.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/188/pl-2995-_beto_-_concessao_de_servico_funerario.doc</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>2996</t>
   </si>
   <si>
     <t>THIAGO LUCAS</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/187/pl-2997-_banco_de_racao_e_utensilios_-_thiago_lucas.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/187/pl-2997-_banco_de_racao_e_utensilios_-_thiago_lucas.doc</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a criar banco de medicamentos do Município de Coronel Fabriciano.”</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>2997</t>
   </si>
   <si>
     <t>“Institui o Programa Banco de Ração e Utensílios para Animais, no Município de Coronel Fabriciano.”</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>2998</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/185/pl-2998-_beto_agrifarm.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/185/pl-2998-_beto_agrifarm.doc</t>
   </si>
   <si>
     <t>“Declara de Utilidade Pública a AGRIFARM – ASSOCIAÇÃO DE AGRICULTORES FAMILIARES DA REGIÃO METROPOLITANA DO VALE DO AÇO do Município de Coronel Fabriciano e dá outras providências.”</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>2999</t>
   </si>
   <si>
     <t>“Concede revisão geral anual dos vencimentos dos servidores do Poder Legislativo Municipal”.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>3000</t>
   </si>
   <si>
     <t>CANCELADO</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>3001</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/251/pl-3001-_ldo_exercicio_financeiro_2020_-_executivo.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/251/pl-3001-_ldo_exercicio_financeiro_2020_-_executivo.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre as diretrizes para a elaboração da lei orçamentária do exercício financeiro de 2020 e dá outras providências”.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>3002</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/268/pl-3002-__edem_abril_verde.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/268/pl-3002-__edem_abril_verde.doc</t>
   </si>
   <si>
     <t>Institui o Mês Abril Verde – dedicado às ações de conscientização e prevenção de acidentes e doenças no Município de Coronel Fabriciano.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>3003</t>
   </si>
   <si>
     <t>Nélio do Abacaxi</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/269/pl-3003-dispoe_sobre_denominacao_de_logradouro_publico_-_nelio.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/269/pl-3003-dispoe_sobre_denominacao_de_logradouro_publico_-_nelio.doc</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>3004</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/271/pl-3004-_lidecel_-_executivo.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/271/pl-3004-_lidecel_-_executivo.doc</t>
   </si>
   <si>
     <t>Dispõe sobre o repasse de contribuição à Liga Desportiva de Coronel Fabriciano (LIDECEL) e dá outras providências.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>3005</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/273/pl-3005_-_altera_anexo_da_lei_4.153_-_cargos_da_camara.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/273/pl-3005_-_altera_anexo_da_lei_4.153_-_cargos_da_camara.doc</t>
   </si>
   <si>
     <t>“Altera o anexo I da Lei Municipal nº 4.153 de 11 de dezembro de 2017.”</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>3006</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/276/pl-3006-_altera_lei_4.165_-_cargos_-_mesa_diretora.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/276/pl-3006-_altera_lei_4.165_-_cargos_-_mesa_diretora.doc</t>
   </si>
   <si>
     <t>“Altera o anexo I da Lei Municipal nº 4.165 de 17 de janeiro de 2018”.</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>3007</t>
   </si>
   <si>
     <t>“ Dispõe sobre a proibição do uso de aparelhos celulares, smartphones, tablets e congêneres, assim como acesso a redes sociais, por servidores públicos municipais durante o horário de expediente em Unidades de Saúde  do Município de Coronel Fabriciano.”</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>3008</t>
   </si>
   <si>
     <t>“Institui o dia 12 de Maio - dedicado às pessoas portadoras de fibromialgia”.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>3009</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/282/pl-3009_-_regularizacao_de_construcoes_-__executivo.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/282/pl-3009_-_regularizacao_de_construcoes_-__executivo.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre a regularização de construções, reformas, modificações ou ampliações de edificações comprovadamente existentes no Município de Coronel Fabriciano e dá outras providências.”</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>3010</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/284/pl-3010_-_denomina_praca_rua_belo_horizonte_-_miltinho_do_sacolao.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/284/pl-3010_-_denomina_praca_rua_belo_horizonte_-_miltinho_do_sacolao.doc</t>
   </si>
   <si>
     <t>“Denomina a praça situada na Rua Belo Horizonte em Frente aos nº 51, 58 e 69, no Bairro Caladinho de Baixo, como Praça Silva Correia, em nosso município e dá outras providências”.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>3011</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/291/pl-3011-_beto_utilidade_publica_associacao_atletica_vale_do_aco.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/291/pl-3011-_beto_utilidade_publica_associacao_atletica_vale_do_aco.doc</t>
   </si>
   <si>
     <t>“Declara de Utilidade Pública a ASSOCIAÇÃO ATLÉTICA VALE DO AÇO do Município de Coronel Fabriciano e dá outras providências.”</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>3012</t>
   </si>
   <si>
     <t>Eugênio Pascelli</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/292/pl-3012_-_denominacao_ubs_jk_-_eugenio_e_demais.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/292/pl-3012_-_denominacao_ubs_jk_-_eugenio_e_demais.doc</t>
   </si>
   <si>
     <t>“Denomina-se Unidade Básica de Saúde Marcelo Morais Albeny, UBS do Bairro JK.”</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>3013</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/293/pl-3013_-_denominacao_de_logradouro_-_eugenio_e_demais.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/293/pl-3013_-_denominacao_de_logradouro_-_eugenio_e_demais.doc</t>
   </si>
   <si>
     <t>“Denominação de logradouro público.”</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>3014</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/151/pl-3014_-_denomina_paco_municipal_-_eugenio_e_demais.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/151/pl-3014_-_denomina_paco_municipal_-_eugenio_e_demais.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre Denominação do Paço Municipal de Coronel Fabriciano.”</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>3015</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/299/pl-3015_-_denominacao_upa_walter_luiz_maia_-_eugenio_e_demais.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/299/pl-3015_-_denominacao_upa_walter_luiz_maia_-_eugenio_e_demais.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre Denominação da Unidade de Pronto Atendimento de Coronel Fabriciano.”</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>3016</t>
   </si>
   <si>
     <t>ADRIANO MARTINS DE OLIVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/296/pl-3016_-utilidade_publica_cotivar-_adriano.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/296/pl-3016_-utilidade_publica_cotivar-_adriano.doc</t>
   </si>
   <si>
     <t>“Declara de Utilidade Pública a Associação dos Trabalhadores Industriais do Vale do Aço e Região – COOTIVAR/MG”.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>3017</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/327/pl-3017_-__retirado_atendimento_prioritario_autismo_-_edem.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/327/pl-3017_-__retirado_atendimento_prioritario_autismo_-_edem.doc</t>
   </si>
   <si>
     <t>“Obriga os estabelecimentos públicos e privados localizados no município a inserir, nas placas de atendimento prioritário, o símbolo mundial do Autismo, bem como, nas placas indicativas de vagas preferenciais em estacionamentos e garagens, mensagens educativas.”</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>3018</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/328/pl-3018_-_utilizar_vaga_de_autismo_-_edem.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/328/pl-3018_-_utilizar_vaga_de_autismo_-_edem.doc</t>
   </si>
   <si>
     <t>“Concede às pessoas portadoras do Transtorno Espectro Autista o direito de utilizar as vagas reservadas para os deficientes, e dá outras providências”.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>3019</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/329/pl-3019-_transito-_executivo_municipal.pdf</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/329/pl-3019-_transito-_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre criação do Conselho Municipal de Trânsito e dá outras providências."</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>3020</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/331/pl-3020_-_logradouro_-_thiago_lucas.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/331/pl-3020_-_logradouro_-_thiago_lucas.doc</t>
   </si>
   <si>
     <t>“Denomina logradouro público no bairro Amaro Lanari, neste Município, e dá outras providências”.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>3021</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/334/pl-3021_-_logradouro_-_maria_aldir_rangel_teodoro_-_cristiano_do_cais.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/334/pl-3021_-_logradouro_-_maria_aldir_rangel_teodoro_-_cristiano_do_cais.doc</t>
   </si>
   <si>
     <t>"Dispõe sobre denominação de logradouro público neste Município.”</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>3022</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/336/pl-3022_-_eliminador_de_ar_abastecimento_de_agua_-_carmen.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/336/pl-3022_-_eliminador_de_ar_abastecimento_de_agua_-_carmen.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre a isenção da taxa de religação de água, da redução do prazo para que o serviço seja restabelecido e da instalação de equipamento eliminador de ar na tubulação do sistema de água residencial ou comercial do Município de Coronel Fabriciano.”</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>3023</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/338/pl-3023_-utilidade_publica_aceres-_adriano.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/338/pl-3023_-utilidade_publica_aceres-_adriano.doc</t>
   </si>
   <si>
     <t>“Declara de Utilidade Pública a Associação Cultural Esportiva e Recreativa Socializar - ACERES”.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>3024</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/339/pl-3024_-_dispoe_sobre_denominacao_de_campo_de_futebol_bairro_morada_do_vale_-_adriano.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/339/pl-3024_-_dispoe_sobre_denominacao_de_campo_de_futebol_bairro_morada_do_vale_-_adriano.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre denominação de Campo de Futebol no Bairro Morada do Vale”.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>3025</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/340/pl-3025_-utilidade_publica_comunidade_terapeutica_sao_bento_-_adriano.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/340/pl-3025_-utilidade_publica_comunidade_terapeutica_sao_bento_-_adriano.doc</t>
   </si>
   <si>
     <t>“Declara de Utilidade Pública a Comunidade Terapêutica São Bento”.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>3026</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/341/pl-3026_-_isencao_iptu_-_beto_cavaleiro.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/341/pl-3026_-_isencao_iptu_-_beto_cavaleiro.doc</t>
   </si>
   <si>
     <t>“Estabelece novo sistema de isenção de IPTU – Imposto Predial e Territorial Urbano no Município de Coronel Fabriciano e dá outras providências.”</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
     <t>3027</t>
   </si>
   <si>
     <t>“Dispõe sobre a presença de no mínimo 1 (um) fisioterapeuta para cada 10 (dez) leitos, pelo período ininterrupto de 24 horas nas Unidades de Terapia Intensiva (UTIs) adulto, neonatal e pediátrico de Hospitais.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>3028</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/352/pl-3028_-_marcos_da_luz_-_reduz_jornada_de_trabalho_de_servidor_publico.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/352/pl-3028_-_marcos_da_luz_-_reduz_jornada_de_trabalho_de_servidor_publico.doc</t>
   </si>
   <si>
     <t>“Reduz a jornada de trabalhos de servidor público responsável, tutor ou curador de pessoa dependente com deficiência ou em tratamento especializado de saúde”.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>3029</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/354/pl-3029_-_concede_reajuste_servidores_2019_-_executivo.docx</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/354/pl-3029_-_concede_reajuste_servidores_2019_-_executivo.docx</t>
   </si>
   <si>
     <t>“Concede reajuste aos Servidores Públicos Municipais de Coronel Fabriciano/MG e dá outras providências”.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>3030</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/356/pl-3030_-_credito_adicional_-__executivo.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/356/pl-3030_-_credito_adicional_-__executivo.doc</t>
   </si>
   <si>
     <t>“Autoriza a abertura de crédito adicional no orçamento do exercício financeiro de 2019, Lei Orçamentária Anual nº 4.210 de 21/12/2018 e contém outras providências”.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>3031</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/359/pl-3031.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/359/pl-3031.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre a alteração do art. 55 da Lei n.º 4.244 de 19 de junho de 2019, Lei de Diretrizes Orçamentárias para exercício financeiro de 2020 e dá outras providências”.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
     <t>3032</t>
   </si>
   <si>
     <t>“Altera o nome da Secretaria de Governança da Cidadania do Futuro para Secretaria de Governança de Esporte, Lazer e Juventude.”</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
     <t>3033</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/361/pl-3033_-_denomina_praca_rua_amazonas_sao_paulo_-_ronilson.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/361/pl-3033_-_denomina_praca_rua_amazonas_sao_paulo_-_ronilson.doc</t>
   </si>
   <si>
     <t>“Denomina a praça situada na Avenida Brasília, entre a Rua Amazonas e Rua São Paulo, no bairro Amaro Lanari, como Praça Poliesportiva Juarez Setembrino Assis Fraga, em nosso município e dá outras providências”.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>3034</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/362/pl-3034_-_altera_a_lei_4.156-_executivo.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/362/pl-3034_-_altera_a_lei_4.156-_executivo.doc</t>
   </si>
   <si>
     <t>“Altera a Lei nº 4.156 de 28 de dezembro de 2017 que dispõe sobre o Plano Plurianual para o período de 2018 a 2021, altera a Lei nº 4.185 de 05 de julho de 2018 que dispõe sobre as Diretrizes para elaboração da Lei Orçamentária de 2019 e, autoriza a abertura de crédito especial na Lei Orçamentária Anual do exercício financeiro de 2018, Lei nº 4.210 de 21 de dezembro de 2018 e contém outras providências”.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>3035</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/364/pl-3035_-lidecel-_-_executivo.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/364/pl-3035_-lidecel-_-_executivo.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre o repasse complementar de contribuição à Liga Desportiva de Coronel Fabriciano (LIDECEL) e dá outras providências.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
     <t>3036</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/366/pl-3036_-_mudanca_de_logradouro_rua_brasilia-_lugao.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/366/pl-3036_-_mudanca_de_logradouro_rua_brasilia-_lugao.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre mudança de denominação de logradouro público no Bairro Caladinho de Baixo”.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>3037</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/367/pl-3037_-_altera_a_lei_4.163-_executivo.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/367/pl-3037_-_altera_a_lei_4.163-_executivo.doc</t>
   </si>
   <si>
     <t>“Altera o Anexo Único da Lei Municipal nº 4.163 de 17 de Janeiro de 2018 que dispõe sobre a criação de cargos e a contratação temporária de pessoal para atender às necessidades por tempo limitado de excepcional interesse público, nos termos do inciso IX do artigo 37 da Constituição Federal e dá outras Providências”.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>3038</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/371/pl-3038_-_acordos_judiciais__e_estrajudiciais-_executivo.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/371/pl-3038_-_acordos_judiciais__e_estrajudiciais-_executivo.doc</t>
   </si>
   <si>
     <t>“Autoriza o Município de Coronel Fabriciano, através da Procuradoria Geral, a realizar acordos judiciais e extrajudiciais e dá outras providências”.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>3039</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/158/pl-3039_-_mamografia-_xingozinho.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/158/pl-3039_-_mamografia-_xingozinho.doc</t>
   </si>
   <si>
     <t>Estabelece o tempo máximo de espera para realização de exames de mamografia e ultrassonografia de mama nas unidades da rede pública de saúde do Município de Coronel Fabriciano e dá outras providências.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>3040</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/372/pl-3040_-_altera_ldo.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/372/pl-3040_-_altera_ldo.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre a alteração da Lei N° 4.244  de 19 de junho de 2019 – Lei de Diretrizes Orçamentárias para o exercício financeiro de 2020 promovendo a substituição de anexos e contém outras providências”.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>3041</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/373/pl-3041_-_altera_ppa.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/373/pl-3041_-_altera_ppa.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre alteração, da Lei Nº 4.156 de 28 de dezembro de 2017 - Plano Plurianual – PPA 2018/2021, altera as prioridades previstas no art. 3º da Lei Nº 4.244 de 19 de junho de 2019 – Lei de Diretrizes Orçamentárias para o exercício de 2020 e contém outras providências”.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
     <t>3042</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/374/pl-3042_-_loa.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/374/pl-3042_-_loa.doc</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>3043</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/375/pl-3043_-utilidade_publica_associacao_bairro_mangueiras-_adriano.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/375/pl-3043_-utilidade_publica_associacao_bairro_mangueiras-_adriano.doc</t>
   </si>
   <si>
     <t>“Declara de Utilidade Pública a Associação dos moradores do Bairro Mangueiras – AMOBAM”.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>3044</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/376/pl-3044_-carteira_de_identificacao_de_autistas-_beto.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/376/pl-3044_-carteira_de_identificacao_de_autistas-_beto.doc</t>
   </si>
   <si>
     <t>“Autoriza o Executivo Municipal a instituir a Carteira de Identificação do Autista (CIA) no Município de Coronel Fabriciano e dá outras providências.”</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>3045</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/377/pl-3045_-_dispoe_sobre_desafetacao_de_area_publica_-_executivo.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/377/pl-3045_-_dispoe_sobre_desafetacao_de_area_publica_-_executivo.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre desafetação de área pública e dá outras providências”.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>3046</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/378/pl-3046_-_declara_de_utilidade_publica_a_primeira_igreja_batista_da_familia_em_coronel_fabriciano_-_adriano.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/378/pl-3046_-_declara_de_utilidade_publica_a_primeira_igreja_batista_da_familia_em_coronel_fabriciano_-_adriano.doc</t>
   </si>
   <si>
     <t>“Declara de Utilidade Pública a Primeira Igreja Batista da Família em Coronel Fabriciano.”</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>3047</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/379/pl-3047_-_declara_de_utilidade_publica_associacao_de_artesaos_-_thiago_lucas.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/379/pl-3047_-_declara_de_utilidade_publica_associacao_de_artesaos_-_thiago_lucas.doc</t>
   </si>
   <si>
     <t>“Declara de Utilidade Pública a Associação de Artesãos de Coronel Fabriciano Arte Minas Fabri.”</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>3048</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/380/pl-3048_-_autoriza_abertura_de_credito_-_vale_alimentacao_legislativo_-_executivo.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/380/pl-3048_-_autoriza_abertura_de_credito_-_vale_alimentacao_legislativo_-_executivo.doc</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>3049</t>
   </si>
   <si>
     <t>CANÍDIA</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/381/pl-3049_-_vagas_trabalho_empresas_idade_superior_50_-_canidia.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/381/pl-3049_-_vagas_trabalho_empresas_idade_superior_50_-_canidia.doc</t>
   </si>
   <si>
     <t>“Altera dispositivo da Lei Municipal nº 3.293, de 05 de Abril de 2006.”</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>3050</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/382/pl-3050_-_consultas_medicas_e_exames_-_carmem.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/382/pl-3050_-_consultas_medicas_e_exames_-_carmem.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre o agendamento, cancelamento das consultas medicas, exames e procedimentos médicos nas unidades básicas de saúde dentro da circunscrição Municipal.”</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>3051</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/383/pl-3051_-_prorefis.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/383/pl-3051_-_prorefis.doc</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a conceder, por meio de programa específico e temporário de recuperação fiscal (REFIS), descontos para pagamento, à vista ou parcelado, de créditos em favor do Município, e dá outras providências.”</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>3052</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Diretor do Município de Coronel Fabriciano e dá outras providências.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>3053</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/385/pl-3053_-__lei_de_parcelamento_ocupacao_e_uso_do_solo_-_executivo_municipal_sumario.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/385/pl-3053_-__lei_de_parcelamento_ocupacao_e_uso_do_solo_-_executivo_municipal_sumario.doc</t>
   </si>
   <si>
     <t>“Institui a Lei de Parcelamento, Ocupação e Uso do Solo de Coronel Fabriciano e dá outras providências -  (LPOUS)</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>3054</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/386/pl-3054_-_institui_o_codigo_de_obras__-_executivo_municipal.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/386/pl-3054_-_institui_o_codigo_de_obras__-_executivo_municipal.doc</t>
   </si>
   <si>
     <t>Institui o Código de Obras do Município de Coronel Fabriciano e dá outras providências.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>3055</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/387/pl-3055_-_contratacao_upa_-_edem_almeida.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/387/pl-3055_-_contratacao_upa_-_edem_almeida.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre o tratamento favorecido, diferenciado e simplificado para candidatos para trabalhar na upa de Coronel Fabriciano.”</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>3056</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/388/pl-3056_-_declara_de_utilidade_comunidade_teraupeutica_-_luciano_lugao.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/388/pl-3056_-_declara_de_utilidade_comunidade_teraupeutica_-_luciano_lugao.doc</t>
   </si>
   <si>
     <t>“Declara de Utilidade Pública a Comunidade Terapêutica Doze Passos.”</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>3057</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/389/pl-3057_-_regularizacao_fundiaria_-_procedimentos_aplicaveis_-_executivo.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/389/pl-3057_-_regularizacao_fundiaria_-_procedimentos_aplicaveis_-_executivo.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a regularização fundiária urbana no território do município de Coronel Fabriciano, institui os procedimentos aplicáveis e dá outras providências.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>3058</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/390/pl-3058_-_declaracao_de_utilidade_publica_-_adriano.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/390/pl-3058_-_declaracao_de_utilidade_publica_-_adriano.doc</t>
   </si>
   <si>
     <t>“Declara de Utilidade Pública a Organização Religiosa Esporte e Vida”.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
     <t>3059</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/391/pl-3059-_autoriza_executivo_instituir_programa_-_carmem.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/391/pl-3059-_autoriza_executivo_instituir_programa_-_carmem.doc</t>
   </si>
   <si>
     <t>“Autoriza o Executivo Municipal a instituir programa de agendamento e cancelamento das consultas medica, exames e procedimentos médicos nas unidades básicas de saúde dentro da circunscrição Municipal, através de ligação telefônica ou aplicativos.”</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>3060</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/392/pl-3060-__conselho_municipal_de_combate_a_incencios_florestais_-_executivo_municipal.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/392/pl-3060-__conselho_municipal_de_combate_a_incencios_florestais_-_executivo_municipal.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre a criação do Conselho Municipal de Prevenção e Combate aos Incêndios Florestais no âmbito das Unidades de conservação e demais Áreas Protegidas do Município de Coronel Fabriciano e dá outras providências.”</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>3061</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/393/pl-3061-__altera_lei_4.205_commpud-_executivo_municipal.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/393/pl-3061-__altera_lei_4.205_commpud-_executivo_municipal.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei nº 4.205, de 14 de dezembro de 2018 e dá outras providências.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/252/pr-1071_-_merito_legislativo_-_eneias_reis_-_adriano.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/252/pr-1071_-_merito_legislativo_-_eneias_reis_-_adriano.doc</t>
   </si>
   <si>
     <t>Concede Medalha do Mérito Legislativo ao Deputado Federal Enéias José dos Reis.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/250/pr-1072_-_cidadania_honoraria_coronel_aquino_-_xingozinho.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/250/pr-1072_-_cidadania_honoraria_coronel_aquino_-_xingozinho.doc</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Honorária ao Coronel Carlos Sandro de Oliveira Aquino.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/248/pr-1073_-_washigton_alves_honra_ao_merito_-_xingozinho.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/248/pr-1073_-_washigton_alves_honra_ao_merito_-_xingozinho.doc</t>
   </si>
   <si>
     <t>Concede Diploma de Honra ao Mérito ao Dr. Washington Alves Moreira Isaías.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>1074</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/246/pr-1074_-__honra_ao_merito_-_unileste_-_marcos_da_luz.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/246/pr-1074_-__honra_ao_merito_-_unileste_-_marcos_da_luz.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de Diploma de Honra ao Mérito e realização de Reunião Solene em comemoração aos 50 anos de fundação do Unileste.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>1075</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/245/pr-1075_-__mesa_diretora__-_escola_do_legislativo.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/245/pr-1075_-__mesa_diretora__-_escola_do_legislativo.doc</t>
   </si>
   <si>
     <t>Define o Estatuto da Escola do Legislativo da Câmara Municipal de Coronel Fabriciano.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/244/pr-1076_-_gratificacao_pregoeiro_labore__-_mesa_diretora.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/244/pr-1076_-_gratificacao_pregoeiro_labore__-_mesa_diretora.doc</t>
   </si>
   <si>
     <t>Concede gratificação propter labore a Pregoeiro.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>1077</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/243/pr-1077-_cargos_-_procon_camara.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/243/pr-1077-_cargos_-_procon_camara.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a criação, atribuição e vencimentos, para atendimento ao Procon Câmara, os cargos que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>1078</t>
   </si>
   <si>
     <t>BETO CAVALEIRO, Dr. Sandro, LUGÃO, Marcos da Luz, Nélio do Abacaxi, Professor Edem, RONILSON BURRINHO, Relé, THIAGO LUCAS, Xingozinho</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/242/pr-1078-_altera_regimento.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/242/pr-1078-_altera_regimento.doc</t>
   </si>
   <si>
     <t>Altera o parágrafo primeiro do artigo 18 da Resolução nº 369 de 2009 que Estabelece o Regimento Interno da Câmara Municipal de Coronel Fabriciano.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/235/pr-1079_-__projeto_de_resolucao_-_cei_prevcel.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/235/pr-1079_-__projeto_de_resolucao_-_cei_prevcel.doc</t>
   </si>
   <si>
     <t>Dispõe sobre criação de Comissão Especial de Inquérito e dá outras providências.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/232/pr-1080_-__projeto_de_resolucao_-_cei_walmir_lage_-_atas.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/232/pr-1080_-__projeto_de_resolucao_-_cei_walmir_lage_-_atas.doc</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/230/pr-1081-_diploma_embaixador_da_paz-_paulo__de_almeida_correa.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/230/pr-1081-_diploma_embaixador_da_paz-_paulo__de_almeida_correa.doc</t>
   </si>
   <si>
     <t>Concede Diploma do Embaixador da Paz ao Pastor Paulo de Almeida Correa.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
     <t>Dr. Sandro</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/227/pr-1082_-_honra_ao_merito_elisangela_damasceno_-_dr_sandro.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/227/pr-1082_-_honra_ao_merito_elisangela_damasceno_-_dr_sandro.doc</t>
   </si>
   <si>
     <t>Concede o Titulo de Honra ao Mérito a Srª Elisângela Damasceno Ramos de Souza, neste município.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>1083</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/226/pr-1083-_alessandra-francisquini.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/226/pr-1083-_alessandra-francisquini.doc</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Honorária a Senhora ALESSANDRA SILVA RIBEIRO.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/225/pr-1084-_medalha_rodrigo_neto_-_nelio.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/225/pr-1084-_medalha_rodrigo_neto_-_nelio.doc</t>
   </si>
   <si>
     <t>Concede a Medalha Rodrigo Neto ao Senhor Leôncio Corrêa.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>1085</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/224/pr-1085-embaixador_da_paz-__nelio.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/224/pr-1085-embaixador_da_paz-__nelio.doc</t>
   </si>
   <si>
     <t>Concede Diploma do Embaixador da Paz ao Pastor Rodrigo Bernardo Gomes.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/223/pr-1086_-_xingozinho.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/223/pr-1086_-_xingozinho.doc</t>
   </si>
   <si>
     <t>Concede Diploma do Embaixador da Paz ao Pastor João Guarino da Silva.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>1087</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/222/pr-1087_-_xingozinho_-_merito_legislativo_fabio_oliveira_pimentel.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/222/pr-1087_-_xingozinho_-_merito_legislativo_fabio_oliveira_pimentel.doc</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Honorária ao Dr. Jorge Caldeira.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>1088</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/220/pr-1088-_cidadania_honoraria_dr._jorge_caldeira_-_canidia.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/220/pr-1088-_cidadania_honoraria_dr._jorge_caldeira_-_canidia.doc</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
     <t>Número de projeto não utilizado.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/219/pr-1090_-_cidadania_honoraria_-_thiago.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/219/pr-1090_-_cidadania_honoraria_-_thiago.doc</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Honorária ao Senhor Adair Pedro Sabino, neste município.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/218/pr-1091_-_medalha_do_merito_-_thiago.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/218/pr-1091_-_medalha_do_merito_-_thiago.doc</t>
   </si>
   <si>
     <t>Concede Medalha do Mérito Legislativo ao Deputado Federal Leonardo Monteiro.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/216/pr-1092_-_medalha_rodrigo_neto_-_laercio_antonio_ferreira_araujo.docx</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/216/pr-1092_-_medalha_rodrigo_neto_-_laercio_antonio_ferreira_araujo.docx</t>
   </si>
   <si>
     <t>Concede Medalha Rodrigo Neto ao Sr “Laércio Antônio Ferreira de Araújo.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/215/pr-1093_-_medalha_de_merito_-_sandro.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/215/pr-1093_-_medalha_de_merito_-_sandro.doc</t>
   </si>
   <si>
     <t>Concede Medalha de Mérito Legislativo a Srª Juliana Bononi Milani dos Santos, neste município.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/213/pr-1094_-_cidadania_honoraria_-_sandro.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/213/pr-1094_-_cidadania_honoraria_-_sandro.doc</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Honorário ao Sr. Alexandro Silveira Caetano, neste município.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/212/pr-1095_-_merito_-_cristiano_do_cais.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/212/pr-1095_-_merito_-_cristiano_do_cais.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão do Diploma de Honra ao Mérito o CINE ALVORADA.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/211/pr-1096_-_cidadania_honoraria_jose_begati_pereira_-_carmen.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/211/pr-1096_-_cidadania_honoraria_jose_begati_pereira_-_carmen.doc</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Honorária ao Senhor José Begati Pereira.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/210/pr-1097_-_diploma_honra_e_merito_ruy_-_edem.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/210/pr-1097_-_diploma_honra_e_merito_ruy_-_edem.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão do DIPLOMA DE HONRA AO MÉRITO ao Senhor Ruy Camillo Teixeira.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
     <t>RONILSON BURRINHO</t>
   </si>
   <si>
     <t>Concede Medalha do Mérito Legislativo ao Vereador Adriano Martins de Oliveira.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/208/pr-1099_-_honra_ao_merito_legislativo_william_ulhoa-_ronilson.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/208/pr-1099_-_honra_ao_merito_legislativo_william_ulhoa-_ronilson.doc</t>
   </si>
   <si>
     <t>Concede Diploma de Honra ao Mérito ao Senhor William Horta Chaves Ulhoa.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/207/pr-1100_-_criacao_do_orgao_oficial_legislativo_mesa.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/207/pr-1100_-_criacao_do_orgao_oficial_legislativo_mesa.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Órgão Oficial do Poder Legislativo de Coronel Fabriciano.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
     <t>Altera dispositivos da Resolução nº 369/2009 que “Estabelece o Regimento Interno da Câmara Municipal de Coronel Fabriciano.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/205/pr-1102-_prestacao_de_contas_-_2016_arquivado.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/205/pr-1102-_prestacao_de_contas_-_2016_arquivado.doc</t>
   </si>
   <si>
     <t>Dispõe sobre o julgamento da Prestação de Contas da Prefeitura Municipal de Coronel Fabriciano, relativa ao ano de 2016.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/204/pr-1103-_cidadania_honoraria_marcelo__-_adriano.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/204/pr-1103-_cidadania_honoraria_marcelo__-_adriano.doc</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Honorária ao Ministro de Estado do Turismo Senhor Marcelo Álvaro Antônio.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/203/pr-1104_-_cidadania_honoraria_renata_ccristiane_lucas_batista_lucca_-_francisquini.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/203/pr-1104_-_cidadania_honoraria_renata_ccristiane_lucas_batista_lucca_-_francisquini.doc</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Honorária a Senhora Renata Cristiane Lucas Batista Lucca.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/202/pr-1105_-_medalha_jovens_notorios_fabiana_roberto_de_oliveira_-_francisquini.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/202/pr-1105_-_medalha_jovens_notorios_fabiana_roberto_de_oliveira_-_francisquini.doc</t>
   </si>
   <si>
     <t>Concede Medalha Jovens Notórios ao Sr “Fabiano Roberto de Oliveira.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/201/pr-1106_-_embaixador_da_paz_jackson_douglas_souza_ferreira_-_thiago_lucas.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/201/pr-1106_-_embaixador_da_paz_jackson_douglas_souza_ferreira_-_thiago_lucas.doc</t>
   </si>
   <si>
     <t>Concede o Diploma do Embaixador da Paz ao Cantor Jackson Douglas Souza Ferreira.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/184/pr-1107_-_cria_cargos_no_ambito_da_camara_municipal_-_mesa_diretora.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/184/pr-1107_-_cria_cargos_no_ambito_da_camara_municipal_-_mesa_diretora.doc</t>
   </si>
   <si>
     <t>Cria cargos públicos em comissão da Câmara Municipal de Coronel Fabriciano, estabelece os descritivos das funções e requisitos para a investidura nos cargos criados.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/183/pr-1108-_prestacao_de_contas_-_2016.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/183/pr-1108-_prestacao_de_contas_-_2016.doc</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/182/pr-1109-_cidadannia_honoraria_-_cristiano.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/182/pr-1109-_cidadannia_honoraria_-_cristiano.doc</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Honorária a Letícia Goldinho.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/181/pr-1110_-_reajuste_agentes_politicos.docx</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/181/pr-1110_-_reajuste_agentes_politicos.docx</t>
   </si>
   <si>
     <t>Concede revisão geral anual no subsídio dos Agentes Políticos do Legislativo.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/180/pr-1111_-_insitui_auxilio_alimentacao_e_majoracao_adicional_de_ferias_-_servidores_efetivos.docx</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/180/pr-1111_-_insitui_auxilio_alimentacao_e_majoracao_adicional_de_ferias_-_servidores_efetivos.docx</t>
   </si>
   <si>
     <t>Institui auxílio alimentação e concede majoração do adicional de férias dos servidores públicos efetivos do Poder do Legislativo.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>1112</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/179/pr-1112_-embaixador_da_paz_dr._milton_afonso.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/179/pr-1112_-embaixador_da_paz_dr._milton_afonso.doc</t>
   </si>
   <si>
     <t>Concede Diploma do embaixador da Paz ao DR. MILTON AFONSO FERREIRA.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/178/pr-1113_-_honra_ao_merito_-_francisquini.docx</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/178/pr-1113_-_honra_ao_merito_-_francisquini.docx</t>
   </si>
   <si>
     <t>Concede Diploma de Honra ao Mérito ao PROFESSOR VALDIR HENRIQUE VALÉRIO.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/177/pr-1114_-merito_legislativo_-_francisquini.docx</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/177/pr-1114_-merito_legislativo_-_francisquini.docx</t>
   </si>
   <si>
     <t>Concede	Medalha de Mérito Legislativo ao DOUTOR FRANCISCO PEREIRA LEMOS.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
     <t>Relé</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/176/pr-1115_-_rodrigo_neto_-_rele.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/176/pr-1115_-_rodrigo_neto_-_rele.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão da Medalha Rodrigo Neto ao Senhor Laércio Antônio Ferreira de Araújo.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/175/pr-1116_-_embaixador_da_paz_-_padre_jose_do_carmo_zambom_-_adriano_martins.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/175/pr-1116_-_embaixador_da_paz_-_padre_jose_do_carmo_zambom_-_adriano_martins.doc</t>
   </si>
   <si>
     <t>Concede Diploma do Embaixador da Paz ao Padre José do Carmo Zambom.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/174/pr-1117-_honra_ao_merito_-_ramon_paz_mendonca_-_adriano_martins.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/174/pr-1117-_honra_ao_merito_-_ramon_paz_mendonca_-_adriano_martins.doc</t>
   </si>
   <si>
     <t>Concede Diploma de Honra ao Mérito ao Senhor Ramon Paz Mendonça.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/173/pr-1118-_cidadania_honoraria_deputado_chales_santos_-_lugao.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/173/pr-1118-_cidadania_honoraria_deputado_chales_santos_-_lugao.doc</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Honorária ao Deputado Estadual Charles Santos.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>1119</t>
   </si>
   <si>
     <t>Concede Medalha do Mérito Legislativo ao Tenente Wildemarque Ferreira Costa.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/171/pr-1120_-_rodrigo_neto_-_alexsander_martins_pereira__-_lugao.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/171/pr-1120_-_rodrigo_neto_-_alexsander_martins_pereira__-_lugao.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão da Medalha Rodrigo Neto ao Senhor Alexsander Martins Pereira.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/170/pr-1121_-_beto_cavaleiro-_maurisson.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/170/pr-1121_-_beto_cavaleiro-_maurisson.doc</t>
   </si>
   <si>
     <t>Concede Medalha do Mérito Legislativo ao Dr. Maurisson Magno de Morais.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/169/pr-1122_-_honra_ao_merito_-_rele.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/169/pr-1122_-_honra_ao_merito_-_rele.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão do DIPLOMA DE HONRA AO MÉRITO a Senhora Maria de Lourdes Pascoal Silva.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/168/pr-1123_-_rodrigo_neto_-_antonio_rodrigues_vaz__-_canidia.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/168/pr-1123_-_rodrigo_neto_-_antonio_rodrigues_vaz__-_canidia.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão da Medalha Rodrigo Neto ao Dr. Antônio Rodrigues Vaz.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/167/pr-1124_-_honra_ao_merito_-_ilderson_roque_vieira_-_nelio_do_abacaxi.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/167/pr-1124_-_honra_ao_merito_-_ilderson_roque_vieira_-_nelio_do_abacaxi.doc</t>
   </si>
   <si>
     <t>Concede Diploma de Honra ao Mérito a Ilderson Roque Vieira.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/166/pr-1125_-_medalha_de_superacao_-_ludugerio_rodrigues_de_almeida_-_adriano_martins.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/166/pr-1125_-_medalha_de_superacao_-_ludugerio_rodrigues_de_almeida_-_adriano_martins.doc</t>
   </si>
   <si>
     <t>Concede Medalha de Superação ao Padre Ludugerio Rodrigues de Almeida.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/165/pr-1126_-_honra_ao_merito-_beto.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/165/pr-1126_-_honra_ao_merito-_beto.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga do Titulo de o Diploma de Honra ao Mérito para o Senhor Ivan César de Oliveira Bastos.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>1127</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/164/pr-1127_-_rodrigo_neto-_beto.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/164/pr-1127_-_rodrigo_neto-_beto.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão da Medalha Rodrigo Neto ao Mariano Pereira.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/163/pr-1128_-_embaixador_da_paz-_beto.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/163/pr-1128_-_embaixador_da_paz-_beto.doc</t>
   </si>
   <si>
     <t>Concede Diploma do Embaixador da Paz ao Evandro Silva de Oliveira.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>1129</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/162/pr-1129_-_embaixador_da_paz-_lugao.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/162/pr-1129_-_embaixador_da_paz-_lugao.doc</t>
   </si>
   <si>
     <t>Concede Diploma do Embaixador da Paz ao senhor Jafé da Silva Santos.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>1130</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/161/pr-1130_-_embaixador_da_paz-_xingo.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/161/pr-1130_-_embaixador_da_paz-_xingo.doc</t>
   </si>
   <si>
     <t>Concede Diploma do Embaixador da Paz ao Padre Thiago Rodrigues.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>1131</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/160/pr-1131-_merito_desportivo_rodrigo_afonso-_xingozinho.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/160/pr-1131-_merito_desportivo_rodrigo_afonso-_xingozinho.doc</t>
   </si>
   <si>
     <t>Concede Diploma do Mérito Desportivo ao Senhor Rodrigo Afonso Oliveira.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/143/pr-1132-_honra_ao_merito_-_miltinho.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/143/pr-1132-_honra_ao_merito_-_miltinho.doc</t>
   </si>
   <si>
     <t>Concede Diploma de Honra ao Mérito ao Senhor Ivan Cesar de Oliveira Bastos Filhos.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/142/pr-1133-_embaixador_da_paz_-_miltinho.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/142/pr-1133-_embaixador_da_paz_-_miltinho.doc</t>
   </si>
   <si>
     <t>Concede Diploma do Embaixador da Paz ao senhor Werleykley de Souza.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/141/pr-1134-_rodrigo_neto_-_miltinho.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/141/pr-1134-_rodrigo_neto_-_miltinho.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão da Medalha Rodrigo Neto ao Senhor Daniel Fernandes Nunes.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/140/pr-1135-_cidadania_honoraria_-_miltinho.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/140/pr-1135-_cidadania_honoraria_-_miltinho.doc</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Honorária ao senhor Fabrício Ferreira de Farias.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/139/pr-1136_-_autoriza_conduzir_veiculos_oficiais_-_mesa.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/139/pr-1136_-_autoriza_conduzir_veiculos_oficiais_-_mesa.doc</t>
   </si>
   <si>
     <t>Dispõe sobre permissão para condução de veiculo oficial do Poder Legislativo.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/138/pr-1137-_rodrigo_neto_-_xingo_felipe_martins.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/138/pr-1137-_rodrigo_neto_-_xingo_felipe_martins.doc</t>
   </si>
   <si>
     <t>Concede a Medalha Rodrigo Neto ao Senhor Felipe Martins Costa.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>1138</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/137/pr-1138-_concede_cestas_de_natal-mesa.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/137/pr-1138-_concede_cestas_de_natal-mesa.doc</t>
   </si>
   <si>
     <t>Dispõe sobre autorização de Concessão de Cestas de Natal aos servidores da Câmara e dá outras providências.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/136/pr-1139-_rodrigo_neto_-_marcos_da_luz_-_ferando_benedito.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/136/pr-1139-_rodrigo_neto_-_marcos_da_luz_-_ferando_benedito.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão da Medalha Rodrigo Neto ao Jornalista Fernando Benedito Júnior.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/135/pr-1140_-_autoriza_ausencia_prefeito.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/135/pr-1140_-_autoriza_ausencia_prefeito.doc</t>
   </si>
   <si>
     <t>Autoriza o Prefeito Municipal a ausentar-se do Município, no período de 23 de setembro a 11 de outubro de 2019 e dá outras providências.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/134/pr-1141-_cidadania_honoraria_clerinho_-_rele.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/134/pr-1141-_cidadania_honoraria_clerinho_-_rele.doc</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Honorária ao Senhor Cleres de Freitas.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>1142</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/133/pr-1142-_paulo_cesar_reis_-_adriano.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/133/pr-1142-_paulo_cesar_reis_-_adriano.doc</t>
   </si>
   <si>
     <t>Concede Medalha do Rodrigo Neto ao Senhor Alex Pereira.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>1143</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/132/pr-1143-_rodrigo_neto_mayara_-_thiago_lucas.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/132/pr-1143-_rodrigo_neto_mayara_-_thiago_lucas.doc</t>
   </si>
   <si>
     <t>Concede a medalha Rodrigo Neto a Mayra Cristina Alves de Almeida.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>1144</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/131/pr-1144-_rodrigo_neto_wesley_augusto_-_eugenio_pascelli.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/131/pr-1144-_rodrigo_neto_wesley_augusto_-_eugenio_pascelli.doc</t>
   </si>
   <si>
     <t>Concede Medalha Rodrigo Neto ao Dr. Wesley Augusto Dias Ribeiro.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>1145</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/130/pr-1145-__honra_ao_merito_-_douglas_prado-_miltinho.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/130/pr-1145-__honra_ao_merito_-_douglas_prado-_miltinho.doc</t>
   </si>
   <si>
     <t>Concede Diploma de Honra ao Mérito ao Senhor Douglas Prado.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>1146</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/129/pr-1146_-_eugenio__-_helio_miranda_cidadania_honoraria.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/129/pr-1146_-_eugenio__-_helio_miranda_cidadania_honoraria.doc</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Honorária ao Pastor Hélio Miranda de Almeida.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>1147</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/128/pr-1147-_diploma_embaixador_da_paz-_clodomiro_de_jesus_-_eugenio.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/128/pr-1147-_diploma_embaixador_da_paz-_clodomiro_de_jesus_-_eugenio.doc</t>
   </si>
   <si>
     <t>Concede Diploma do Embaixador da Paz ao Senhor Clodomiro de Jesus.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>1148</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/127/pr-1148_-__honra_ao_merito_-_fernando_silva_-_eugenio_pascelli.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/127/pr-1148_-__honra_ao_merito_-_fernando_silva_-_eugenio_pascelli.doc</t>
   </si>
   <si>
     <t>Concede Diploma de Honra ao Mérito ao Sr. ao Fernando da Rocha Silva, neste município.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>1149</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/126/pr-1149-_transferencia_da_sede_-_mesa_diretora.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/126/pr-1149-_transferencia_da_sede_-_mesa_diretora.doc</t>
   </si>
   <si>
     <t>Dispõe sobre transferência provisória da sede da Câmara Municipal.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/125/pr-1150-_embaxador_da_paz_-_edem_juventude_pela_diversidade.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/125/pr-1150-_embaxador_da_paz_-_edem_juventude_pela_diversidade.doc</t>
   </si>
   <si>
     <t>Concede Diploma do Embaixador da paz ao Grupo Juventude Pela Diversidade.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/124/pr-1151-rodrigo_neto_-_edem_-__mateus_cabral.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/124/pr-1151-rodrigo_neto_-_edem_-__mateus_cabral.doc</t>
   </si>
   <si>
     <t>Concede Medalha Rodrigo Neto ao radialista Mateus Cabral Silva.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>1152</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/123/pr-1152-_cidadania_honoraria_-_edem_-___reinaldo_vieira.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/123/pr-1152-_cidadania_honoraria_-_edem_-___reinaldo_vieira.doc</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Honorária a Reinaldo Antônio Vieira Rubim.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/122/pr-1153_-_merito_legislativo_-_edmar_moreira_-_eugenio.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/122/pr-1153_-_merito_legislativo_-_edmar_moreira_-_eugenio.doc</t>
   </si>
   <si>
     <t>Concede Medalha do Mérito Legislativo ao Senhor Edmar de Souza Moreira.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/121/pr-1154_-_merito_legislativo_-_tadeu_assis_-_edem.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/121/pr-1154_-_merito_legislativo_-_tadeu_assis_-_edem.doc</t>
   </si>
   <si>
     <t>Concede Medalha do Mérito Legislativo ao Senhor Tadeu Assis.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/120/pr-1155-_marcos_da_luz-cidadania_honararia_rogerio_correia.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/120/pr-1155-_marcos_da_luz-cidadania_honararia_rogerio_correia.doc</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Honorária ao Deputado Rogério Correia de Moura Baptista.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/119/pr-1156-beto__-_cidadania_honoraria_enio_silveira.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/119/pr-1156-beto__-_cidadania_honoraria_enio_silveira.doc</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Honorária ao Senhor Ênio Silveira Alves.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/118/pr-1157-beto__-_merito_desportivo_-mateus_hernani_borges.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/118/pr-1157-beto__-_merito_desportivo_-mateus_hernani_borges.doc</t>
   </si>
   <si>
     <t>Concede Diploma do Mérito Desportivo à Matheus Hernani Borges dos Santos.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/117/pr-1158-_marcos__-_merito_legislativo_-_adolfon_jacob.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/117/pr-1158-_marcos__-_merito_legislativo_-_adolfon_jacob.doc</t>
   </si>
   <si>
     <t>Concede Medalha do Mérito Legislativo ao Dr. Adolfon silva Jacob.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/116/pr-1159_-_embaixador_da_paz-_marcos_-_namilton.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/116/pr-1159_-_embaixador_da_paz-_marcos_-_namilton.doc</t>
   </si>
   <si>
     <t>Concede Diploma do Embaixador da Paz ao Pastor Namilton Xavier de Moraes.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>1160</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/115/pr-1160-_carmen.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/115/pr-1160-_carmen.doc</t>
   </si>
   <si>
     <t>Concede a Medalha Rodrigo Neto ao Nilmar Ananias de Sousa.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/114/pr-1161-_carmen.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/114/pr-1161-_carmen.doc</t>
   </si>
   <si>
     <t>Concede Titulo de Cidadania Honorária ao Senhor José Gilberto Siqueira.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/113/pr-1162-_carmen_-_honra_ao_merito.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/113/pr-1162-_carmen_-_honra_ao_merito.doc</t>
   </si>
   <si>
     <t>Concede Diploma de Honra ao Mérito ao Senhor Onofre Alves dos Santos.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/112/pr-1163-denomina_sala_de_imprensa_da_camara-_adriano.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/112/pr-1163-denomina_sala_de_imprensa_da_camara-_adriano.doc</t>
   </si>
   <si>
     <t>Denomina a Sala de Imprensa da Câmara Municipal de Coronel Fabriciano.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/111/pr-1164-_merito_legislativo_-_dr_denner_franco_reis-__cristiano_cais.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/111/pr-1164-_merito_legislativo_-_dr_denner_franco_reis-__cristiano_cais.doc</t>
   </si>
   <si>
     <t>Concede Medalha do Mérito Legislativo ao Dr. Denner Franco Reis.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>1165</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/110/pr-1165-_embaixador_da_paz_-_pastor_sandro_ferreira-__cristiano_cais.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/110/pr-1165-_embaixador_da_paz_-_pastor_sandro_ferreira-__cristiano_cais.doc</t>
   </si>
   <si>
     <t>Concede Diploma do Embaixador da Paz ao Pastor Sandro Ferreira.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/109/pr-1166-_embaixador_da_paz_-_wander_luis_de_oliveira-__rele.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/109/pr-1166-_embaixador_da_paz_-_wander_luis_de_oliveira-__rele.doc</t>
   </si>
   <si>
     <t>Concede Diploma do Embaixador da Paz ao Pastor Wander Luís de Oliveira.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/108/pr-1167-_embaixador_da_paz_-_-__sandro.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/108/pr-1167-_embaixador_da_paz_-_-__sandro.doc</t>
   </si>
   <si>
     <t>Concede Diploma do Embaixador da Paz ao Pastor Wilhen do Nascimento Coura.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>1168</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/107/pr-1168-_rodrigo_neto_-_fabio_pimentel_-_sandro.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/107/pr-1168-_rodrigo_neto_-_fabio_pimentel_-_sandro.doc</t>
   </si>
   <si>
     <t>Concede Medalha Rodrigo Neto ao Dr. Fabio Pimentel.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/106/pr-1169-_carmen_-_meritolegislativo_-_valia_rolim.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/106/pr-1169-_carmen_-_meritolegislativo_-_valia_rolim.doc</t>
   </si>
   <si>
     <t>Concede a Medalha Mérito Legislativo a Senhora Valia Rolim.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>1170</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/105/pr-1170-_rodrigo_neto_-_lugao.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/105/pr-1170-_rodrigo_neto_-_lugao.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão da Medalha Rodrigo Neto a Kamila Rúbia Fernandes.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>1171</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/104/pr-1171-merito_legislativo_-_fabiana_-_nelio.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/104/pr-1171-merito_legislativo_-_fabiana_-_nelio.doc</t>
   </si>
   <si>
     <t>Concede Medalha do Mérito Legislativo a Dr. Fabiana Rose Firmino.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/103/pr-1172_-_medalha_rodrigo_neto_juninho_araujo_-_adriano.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/103/pr-1172_-_medalha_rodrigo_neto_juninho_araujo_-_adriano.doc</t>
   </si>
   <si>
     <t>Concede Medalha Rodrigo Neto ao comunicador Juninho Araújo.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/102/pr-1173_-_medalha_rodrigo_neto_daniel_fernandes_lopes_-_cristiano_do_cais.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/102/pr-1173_-_medalha_rodrigo_neto_daniel_fernandes_lopes_-_cristiano_do_cais.doc</t>
   </si>
   <si>
     <t>Concede Medalha Rodrigo Neto ao comunicador Daniel Fernandes Lopes.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>1174</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/101/pr-1174_-_institui_a_jornada_especial_para_os_servidores_do_poder_legislativo_-_mesa_diretora.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/101/pr-1174_-_institui_a_jornada_especial_para_os_servidores_do_poder_legislativo_-_mesa_diretora.doc</t>
   </si>
   <si>
     <t>Institui a jornada especial para os servidores do Poder Legislativo, no período que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>1175</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/100/pr-1175_-_prestacao_de_contas_-_2017.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/100/pr-1175_-_prestacao_de_contas_-_2017.doc</t>
   </si>
   <si>
     <t>Dispõe sobre o julgamento da Prestação de Contas da Prefeitura Municipal de Coronel Fabriciano, relativa ao ano de 2017.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>1176</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/99/pr-1176_-_honra_ao_merito_-_lugao.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/99/pr-1176_-_honra_ao_merito_-_lugao.doc</t>
   </si>
   <si>
     <t>Concede Diploma de Honra ao Mérito ao Dr. Hélio Wiliam Cimini Martins Faria.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>1177</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/98/pr-1177-_servidores_cedidos.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/98/pr-1177-_servidores_cedidos.doc</t>
   </si>
   <si>
     <t>Assegura a servidores efetivos de outros órgãos públicos que estejam cedidos para trabalhar na Câmara Municipal de Coronel Fabriciano os direitos previstos nas leis 4139/17, 3.257/2005, 3.518/2010, 4148/2017.</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/693/requerimento_n_01_-ap_presidio_-_beto.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/693/requerimento_n_01_-ap_presidio_-_beto.doc</t>
   </si>
   <si>
     <t>Requer marcação de  Audiência Pública com tema: Presídio de Coronel Fabriciano.</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/694/requerimento_n_02_-ap_emprego_dos_cobradores_do_transporte_coletivo_-_adriano.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/694/requerimento_n_02_-ap_emprego_dos_cobradores_do_transporte_coletivo_-_adriano.doc</t>
   </si>
   <si>
     <t>Requer Audiência Pública para tratar do seguinte tema: “Manutenção do emprego dos Cobradores do Transporte Coletivo em Coronel Fabriciano/MG”.</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/695/requerimento_n_03_ao_07_-ap_emprego_dos_cobradores_do_transporte_coletivo_-_adriano.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/695/requerimento_n_03_ao_07_-ap_emprego_dos_cobradores_do_transporte_coletivo_-_adriano.doc</t>
   </si>
   <si>
     <t>Requer  “Moção de Aplausos” ao Ten-Cel PM Warley Geraldo Silva pela assunção de Comando do 58º Batalhão de Polícia Militar, no dia 16/01/2019.</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/696/requerimento_n_04_-marcos.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/696/requerimento_n_04_-marcos.doc</t>
   </si>
   <si>
     <t>Requer seja enviada “Moção de Aplausos” à Sra. Adélia Albeny pelo aniversário natalício de 95 anos, comemorado dia 20/01/2019.</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/697/requerimento_n_05_-marcos.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/697/requerimento_n_05_-marcos.doc</t>
   </si>
   <si>
     <t>Requer seja enviada “Moção de Aplausos” à Sra. Inhá Assis, pelo aniversário natalício de 85 anos, comemorados dia 14/01/2019.</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/698/requerimento_n_06_-marcos.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/698/requerimento_n_06_-marcos.doc</t>
   </si>
   <si>
     <t>Requerem seja oficiado o Sr. Prefeito Municipal com a solicitação de envio a esta Casa Legislativa das informações completas sobre a forma e periodicidade da coleta, tratamento e destinação final dos resíduos sólidos do Município, tendo em vista a necessidade de se verificar a regularidade da atual política de resíduos sólidos do Município de Coronel Fabriciano, tais como:_x000D_
 _x000D_
 a)	Qual a política pública do Município de Coronel Fabriciano no tocante aos resíduos sólidos?_x000D_
 _x000D_
 b)	Qual a forma e periodicidade da coleta, tratamento e destinação final de todos os resíduos sólidos do Município de Coronel Fabriciano?_x000D_
 _x000D_
 c)	A atividade está licenciada pelo órgão ambiental competente? Em caso positivo, remeter cópia da licença de funcionamento._x000D_
 _x000D_
 d)	Cópia do calendário de recolhimento de entulhos._x000D_
 _x000D_
 e)	Cópia do calendário de capina, roç</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/699/requerimento_n_07_-marcos.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/699/requerimento_n_07_-marcos.doc</t>
   </si>
   <si>
     <t>Requer seja oficiado o Sr. Prefeito Municipal com a solicitação de envio a esta Casa Legislativa das seguintes informações:_x000D_
 a. cópia integral do processo licitatório Pregão nº 146/18 – Processo Licitatório nº 243/18;_x000D_
 b. cópia do Contrato de Prestação de Serviços nº 390/2018, oriundo do referido Pregão nº 146/18; _x000D_
 c. relatórios dos serviços prestados e respectivos comprovantes de pagamentos (Contrato de Prestação de Serviços nº 390/2018); e_x000D_
 d. Cópia do processo licitatório Carta Convite nº 07/2018 – Processo Licitatório nº 57/2018.</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/700/requerimento_n_09-_convoca_secretario_de_financas.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/700/requerimento_n_09-_convoca_secretario_de_financas.doc</t>
   </si>
   <si>
     <t>Requer seja convocado o Secretário Municipal de Governança Financeira e Orçamento, Sr.  Wander Ulhôa, para esclarecimento sobre o Decreto Municipal nº 6.738/2019, que remanejou verba do Hospital Municipal José Maria Morais para publicidade, no valor de R$ 919.700,00.</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/701/requerimento_n_10-ap_cemiterio_carmem.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/701/requerimento_n_10-ap_cemiterio_carmem.doc</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, vem respeitosamente solicitar desta respeitosa casa, para que seja realizada uma Audiência Pública, onde iremos debater a atual situação do cemitério “SENHOR DO BONFIM” da cidade de Coronel Fabriciano. Pedimos que seja feita o remanejamento da Secretaria de Obras, ganhando uma ampliação para o cemitério, fazendo com que seja ofertado em termos dignos para a nossa população.</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/702/requerimento_n_11-ap_cristiano_inss_digital.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/702/requerimento_n_11-ap_cristiano_inss_digital.doc</t>
   </si>
   <si>
     <t>Requer ao senhor Presidente seja marcada uma audiência Pública para tratar si seguinte tem: O  INSS  digital e o atendimento de balcão na Agência de Coronel Fabriciano e outros assuntos correlacionados.</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/703/requerimento_n_12-ap_reforma_previdenciaria_carmem.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/703/requerimento_n_12-ap_reforma_previdenciaria_carmem.doc</t>
   </si>
   <si>
     <t>Requer  que seja realizada uma Audiência Pública, onde iremos debater sobre a possível “REFORMA PREVIDENCIARIA”, que será apresentada ao Congresso nacional, buscando tirar nossos direitos, prejudicando a classe trabalhadora, principalmente as mulheres, que batalharão tanto para conseguir essa igualdade de classe.</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/704/requerimento_n_13_-_maltrato_aos_animais-adriano.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/704/requerimento_n_13_-_maltrato_aos_animais-adriano.doc</t>
   </si>
   <si>
     <t>Requer seja marcada uma Audiência Pública para discutir sobre “Maus-tratos a animais em Coronel Fabriciano (MG)”.</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/705/requerimento_n_14_-_edem.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/705/requerimento_n_14_-_edem.doc</t>
   </si>
   <si>
     <t>Requer ao chefe do executivo e à Secretaria de Educação os seguintes dados:_x000D_
 	Lista dos aprovados do último processo seletivo da Educação;_x000D_
 	Lista dos contratos de 2019 pela Secretaria de Educação. _x000D_
 	Critérios das avaliações de Desempenho dos Professores._x000D_
 	Confirmação oficial ou  a não confirmação de que todos os professores avaliados participaram do processo fazendo autoavaliação, conhecendo os critérios e tendo acesso às suas notas._x000D_
 	Lista dos aprovados do último processo seletivo da Saúde;_x000D_
 	Lista dos contratos de 2019 pela Secretaria de Saúde.</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/706/requerimento_n_15_-__lugao.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/706/requerimento_n_15_-__lugao.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, na forma regimental, ouvido o plenário, solicita uma audiência pública para debater sobre o Projeto de Lei n° 2.967/2018, referente a Operação Urbana Consorciada AV. Maanaim – OUC.</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/707/requerimento_n_16_-__tiago.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/707/requerimento_n_16_-__tiago.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve na forma regimental ouvido o plenário apresenta “MOÇÃO DE APLAUSOS” a Barbearia Primos, tem como proprietário Thauan Carvalho. O Estabelecimento fica localizado na Avenida Brasília bairro Amaro Lanari.</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/708/requerimento_n_17_-__thiago.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/708/requerimento_n_17_-__thiago.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve na forma regimental ouvido o plenário apresenta “MOÇÃO DE APLAUSOS” a Barbearia Adna, tem como proprietária Adna Cristina. O Estabelecimento fica localizado na rua 19 bairro Nossa Senhora do Carmo.</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/709/requerimento_n_18_-__tiago.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/709/requerimento_n_18_-__tiago.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve na forma regimental ouvido o plenário apresenta “MOÇÃO DE APLAUSOS” ao Instituto de beleza Rosa Maria, tem como proprietária Rosa Maria Alcântara Braga.</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/710/requerimento_n_19_-_marcos.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/710/requerimento_n_19_-_marcos.doc</t>
   </si>
   <si>
     <t>Os vereadores que este subscrevem, na forma regimental, ouvido o plenário, requerem seja enviada “Moção de Aplausos” à Sra. Genoveva Maria da Rocha Silva  pelo aniversário natalício de 80 anos, comemorado dia 10/02/2019.</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Requerem seja enviada correspondência à Sra. Letícia Fernandes Godinho, Secretária Municipal de Assistência Social, no endereço à Rua Duque de Caxias, 366 - Centro, com o seguinte pedido de informação:_x000D_
 _x000D_
 - razões que motivaram a anulação da Inexigibilidade 030/2018 - Credenciamento 014/2018 para realizar contratação temporária e cadastro reserva para atendimento aos beneficiários do SUAS, na execução do Programa Primeira Infância, no âmbito do município de Coronel Fabriciano;_x000D_
 _x000D_
 - razões que motivaram a alteração no horário de trabalho dos servidores públicos municipais, ocupantes do cargo de Assistente Social, com carga horária de 06 (seis) horas diárias, lotados na Secretaria Municipal de Assistência Social.</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/712/requerimento_no_21-mocao_de_aplausos.doc_marcos_da_luz.pdf</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/712/requerimento_no_21-mocao_de_aplausos.doc_marcos_da_luz.pdf</t>
   </si>
   <si>
     <t>Requer informações ao Senhor Ricardo Cacau Melo, Secretário Municipal de Saúde, no endereço à Magalhães Pinto, 1040 - Giovanni, com o seguinte pedido de informação:_x000D_
 a - critério adotado para convocação dos candidatos aprovados no Processo Seletivo 002/2018 para o cargo de ACS  - Agente Comunitário de Saúde, sendo que muitos que foram aprovados dentro das vagas disponíveis no Edital até o momento não foram convocados;_x000D_
 b - confirmação sobre o cumprimento  ou não do piso salarial profissional nacional dos Agentes Comunitários de Saúde e dos Agentes de combate às Endemias, de R$ 1.250,00 (um mil duzentos e cinquenta reais), em 1º de janeiro de 2019, fixado pela Lei Federal nº 13.708/2018.</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/713/requerimento_no_22-mocao_de_aplausos.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/713/requerimento_no_22-mocao_de_aplausos.doc</t>
   </si>
   <si>
     <t>Requer  “Moção de Aplausos” à Associação Esportiva e Recreativa Usipa, no endereço à Av. João Cláudio Teixeira de Sales, nº 801_x000D_
 Bairro Horto - Ipatinga/MG, pelas comemorações dos seus 60 anos de fundação, completados em 23/02/2019.</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/714/requerimento_no_25-_beto_cavaleiro_mocao_de_aplauso.pdf</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/714/requerimento_no_25-_beto_cavaleiro_mocao_de_aplauso.pdf</t>
   </si>
   <si>
     <t>Requer Moção de Aplausos ao cidadão Ilnison de Oliveira Martins de Souza, mais conhecido como Mineirin Hair Style.</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/715/requerimento_no_28_-_marcos_da_luz.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/715/requerimento_no_28_-_marcos_da_luz.doc</t>
   </si>
   <si>
     <t>Requer seja enviada “Moção de Aplausos” ao Rotary Club Cel. Fabriciano, ao Rotary Club Fabriciano-Norte e ao Rotary Club Melo Viana, pelas comemorações dos 114 anos de fundação do Rotary Internacional, realização do Rotary Day e entrega do NRDC Cocais dos Arrudas, no mês de Fevereiro/2019.</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/716/requerimento_no_29_-_marcos_da_luz.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/716/requerimento_no_29_-_marcos_da_luz.doc</t>
   </si>
   <si>
     <t>Requerem seja enviada correspondência ao Sr. José Márcio Gomes Pereira, Secretário Municipal de Administração, no endereço à Rua Boa Vista, nº 113, 1º andar, Centro, com a solicitação de envio a esta Casa Legislativa do Projeto de Lei concedendo reajuste anual dos vencimentos dos servidores públicos do Município de Coronel Fabriciano, considerando a data-base de 1º de Janeiro, fixada pela Lei nº 4.148/2017.</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/717/requerimento_no_30_-_marcos_da_luz.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/717/requerimento_no_30_-_marcos_da_luz.doc</t>
   </si>
   <si>
     <t>Requer seja enviada correspondência ao Sr. Carlos Alberto Serra Negra, Secretário Municipal de Educação, no endereço à Rua Duque de Caxias, 366 - Centro, solicitando informações sobre as contratações temporárias, previstas no art. 37, IX, CRFB, em especial dos profissionais do Magistério aprovados no Processo Seletivo 001/2018.</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/718/requerimento_no_31_-_adriano_mocao_aplauso.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/718/requerimento_no_31_-_adriano_mocao_aplauso.doc</t>
   </si>
   <si>
     <t>Requer seja enviada “Moção de Aplausos” ao Vereador Sandro Luciano Torres Araújo pelo belíssimo trabalho social e de entretenimento, bem como a inclusão no Conselho Municipal de Assistência Social e conselho Municipal dos Direitos da Criança e do Adolescente.</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/719/requerimento_no_32_-_adriano_mocao_aplauso__comunidade_terapeutica.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/719/requerimento_no_32_-_adriano_mocao_aplauso__comunidade_terapeutica.doc</t>
   </si>
   <si>
     <t>Requerem seja enviada “Moção de Aplausos” a  Comunidade Terapêutica Esperança, na pessoa do seu Presidente Luiz Gonzaga Perdigão, pelos relevantes serviços prestados a comunidade de Timóteo e Região no tratamento e recuperação de dependentes químicos.</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Dr. Sandro, ADRIANO MARTINS DE OLIVEIRA, LUGÃO</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/720/requerimento_no_33-audiencia_publica_-_adriano_-_lugao_-_sandro.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/720/requerimento_no_33-audiencia_publica_-_adriano_-_lugao_-_sandro.doc</t>
   </si>
   <si>
     <t>Solicita uma audiência pública para tratar dos moradores de rua.</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, na forma regimental, ouvido o plenário, requer que seja marcado uma Audiência Pública para tratar do seguinte tema “Transporte Escolar Municipal de Coronel Fabriciano”.</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/722/requerimento_no_35-audiencia_publica_18_de_maio-_cristiano.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/722/requerimento_no_35-audiencia_publica_18_de_maio-_cristiano.doc</t>
   </si>
   <si>
     <t>Requer que seja marcado uma Audiência Pública para tratar do seguinte tema “Campanha Faça Bonito  18 de maio" de Coronel Fabriciano e outros assuntos correlacionados.</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/723/requerimento_no_36-audiencia_publicaviolencia_escolas_publicas_-_cristiano.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/723/requerimento_no_36-audiencia_publicaviolencia_escolas_publicas_-_cristiano.doc</t>
   </si>
   <si>
     <t>Requer que seja marcado uma Audiência Pública para tratar do seguinte tema “Transporte Escolar Municipal de Coronel Fabriciano”.</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/724/requerimento_no_37-audiencia_publica_politica_do_idoso-_cristiano.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/724/requerimento_no_37-audiencia_publica_politica_do_idoso-_cristiano.doc</t>
   </si>
   <si>
     <t>Requer que seja marcado uma Audiência Pública para tratar do seguinte tema “Discursão sobre a Política do Idoso” de Coronel Fabriciano e outros assuntos correlacionados.</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>Marcos da Luz, Professor Edem, THIAGO LUCAS</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/725/requerimento_no_38_-_marcos_edem_thiago.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/725/requerimento_no_38_-_marcos_edem_thiago.doc</t>
   </si>
   <si>
     <t>Requerem ao Sr. Presidente seja enviada “Moção de Aplausos” ao Projeto Conselho Eficaz, através da Associação Beneficente Ágape (ABA), no endereço à Av. Albert Scharle, nº 476, Centro, N/C, pela realização do Encontro com Gestores em Coronel Fabriciano, no último dia 18/03/2019.</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/726/requerimento_no_39_marcos_thiago_edem.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/726/requerimento_no_39_marcos_thiago_edem.doc</t>
   </si>
   <si>
     <t>Requerem ao Sr. Presidente seja enviada “Moção de Aplausos” à Sra. Cândida Pechim Silva, pelas comemorações dos 80 anos de aniversário natalício, no próximo dia 14/04/2019.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/727/requerimento_no_40_edem_thiago_marcos.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/727/requerimento_no_40_edem_thiago_marcos.doc</t>
   </si>
   <si>
     <t>Requerem ao Sr. Presidente seja enviada ao Governo do Estado manifestação desta Casa Legislativa contrária à possibilidade de fechamento da Administração Fazendária (AF) em Coronel Fabriciano, apelando para que a mesma seja mantida em nosso município, a fim de continuar atendendo aos contadores, advogados, contribuintes e a toda população. Requerem, sejam enviadas cópias para o CRC, OAB, PMCF, para conhecimento da matéria, bem como a divulgação do assunto na imprensa local</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/728/requerimento_n_41-_adriano.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/728/requerimento_n_41-_adriano.doc</t>
   </si>
   <si>
     <t>Requer que seja marcado uma audiência Pública para tratar do seguinte tema “ Violência Sexual Contra Crianças e Adolescentes”.</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/729/requerimento_n_43_-cristiano.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/729/requerimento_n_43_-cristiano.doc</t>
   </si>
   <si>
     <t>Requer  “MOÇÃO DE APLAUSOS” a Guarda Mirim, pela comemoração dos seus 20 anos de serviços prestados, contribuindo para o desenvolvimento de nossa cidade.</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/730/requerimento_n_44_-_marcos.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/730/requerimento_n_44_-_marcos.doc</t>
   </si>
   <si>
     <t>Requer  “Moção de Aplausos” à EMALTO, pelas comemorações dos seus 45 anos de fundação.</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/732/requerimento_n_45_-_mocao_de_aplausos-_francisquini.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/732/requerimento_n_45_-_mocao_de_aplausos-_francisquini.doc</t>
   </si>
   <si>
     <t>Requer “Moção de Aplausos” ao militar, Ten Cel QOR Domingos Sávio de Mendonça.</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>Requer seja enviada “Moção de Aplausos” ao Clube Olímpico do Bairro Amaro Lanari, por ter sido campeão no Interclubes Percy Gonçalves – 2019.</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/734/requerimento_no_47_-_francisquini__mocao_aplauso_barbearia_caratinga.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/734/requerimento_no_47_-_francisquini__mocao_aplauso_barbearia_caratinga.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, na forma regimental ouvido o plenário, requer “Moção de Aplausos” a Barbearia Caratinga, situada a Avenida Geraldo Inácio, n°600 – Bairro  Melo Viana, em Coronel Fabriciano.</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/735/requerimento_no_48_-_francisquini__mocao_aplauso_joao_garcia_de_souza.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/735/requerimento_no_48_-_francisquini__mocao_aplauso_joao_garcia_de_souza.doc</t>
   </si>
   <si>
     <t>Requer “Moção de Aplausos” ao cidadão de Coronel Fabriciano-MG, Senhor   João Garcia de Souza, conhecido como Sr. João Garcia, filho desta cidade, residente a Rua 19, n°18 – Bairro  Silvio Pereira II, em Coronel Fabriciano.</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/736/requerimento_no_49_-_francisquini__mocao_aplauso_ismael_modesto_dos_passos.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/736/requerimento_no_49_-_francisquini__mocao_aplauso_ismael_modesto_dos_passos.doc</t>
   </si>
   <si>
     <t>Requer “Moção de Aplausos” ao cidadão de Coronel Fabriciano-MG, Senhor Ismael Modesto dos Passos, filho desta cidade, Avenida Geraldo Inácio, n°600 – Bairro  Melo Viana, em Coronel Fabriciano.</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/737/requerimento_no_50_-_francisquini__mocao_aplauso_ampliar_instituto_de_educacao.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/737/requerimento_no_50_-_francisquini__mocao_aplauso_ampliar_instituto_de_educacao.doc</t>
   </si>
   <si>
     <t>Requer “Moção de Aplausos” ao Ampliar Instituto de Educação, situado a Rua Tiradentes, nº 88, Bairro Melo Viana, em Coronel Fabriciano.</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/738/requerimento_no_51_-_carmem.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/738/requerimento_no_51_-_carmem.doc</t>
   </si>
   <si>
     <t>A vereadora que este subscreve, vem respeitosamente solicitar desta casa, para que seja realizada uma Audiência Pública, onde iremos debater a atual situação da Avenida Tancredo Neves, Solicitando ao DNIT para que seja liberado para o Município de Coronel Fabriciano a municipalização do Transito para que possa ser feita as devidas sinalizações.</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/753/requerimento_no_52_-_cristiano.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/753/requerimento_no_52_-_cristiano.doc</t>
   </si>
   <si>
     <t>Requer “Moção de Aplausos” ao Trenzinho Caramelo, pelos relevantes serviços prestados, e contribuindo para o desenvolvimento de nossa cidade.</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/754/requerimento_no_53_-_adriano_mocao_aplauso_ze_branco.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/754/requerimento_no_53_-_adriano_mocao_aplauso_ze_branco.doc</t>
   </si>
   <si>
     <t>Requer que seja enviada “Moção de Aplausos” ao Senhor Nestor Venâncio Araújo – Zé Branco, pelo destaque no Esporte Fabricianense</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/755/requerimento_no_54_-_marcos_da_luz.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/755/requerimento_no_54_-_marcos_da_luz.doc</t>
   </si>
   <si>
     <t>Requerem seja enviada correspondência ao Sr. José Márcio Gomes Pereira, Secretário Municipal de Administração, no endereço à Rua Boa Vista, 113 – Centro, , com o seguinte pedido de informação:_x000D_
 A) critério adotado para convocação dos candidatos aprovados no Processo Seletivo 002/2018 para o cargo de ACS - Agente Comunitário de Saúde, sendo que muitos que foram aprovados dentro das vagas disponíveis no Edital até o momento não foram convocados; _x000D_
 B) confirmação sobre o cumprimento ou não do piso salarial profissional nacional dos Agentes Comunitários de Saúde e dos Agentes de Combate às Endemias, de R$ 1.250,00 (um mil duzentos e cinquenta reais), em 1º de janeiro de 2019, fixado pela Lei Federal nº 13.708/2018. _x000D_
 Requerem, ainda, que da decisão de Plenário, seja encaminhada cópia do presente ao SINTMCELF,</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/770/requerimento_no_55-_enviar_oficio_secretario_municipal_-_marcos_da_luz.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/770/requerimento_no_55-_enviar_oficio_secretario_municipal_-_marcos_da_luz.doc</t>
   </si>
   <si>
     <t>Requer seja enviado ao Secretário Municipal de Administração, Sr. José Márcio Gomes Pereira, no endereço à Rua Boa Vista, 113 – Centro, apelo para que seja reduzida a jornada de trabalho de todos os ASP’s (Auxiliares de Serviço Público) de 08 para 06 horas diárias, sem redução do salário, em atendimento às reivindicações da categoria. _x000D_
 Requerem, ainda, que da decisão de Plenário, seja encaminhada cópia do presente ao SINTMCELF, para conhecimento da matéria.</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/771/requerimento_no_56-_l_-_marcos_da_luz.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/771/requerimento_no_56-_l_-_marcos_da_luz.doc</t>
   </si>
   <si>
     <t>Requerem ao Senhor Presidente, seja enviada “Moção de aplausos” à Crianças do Mundo, pelas comemorações dos seus 32 anos de fundação, e à Guarda Mirim, pelas comemorações dos seus 20 anos de fundação neste Município de Coronel Fabriciano.</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/772/requerimento_no_57-_ao_sr._gilmar_fava_carrara_-_marcos_da_luz.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/772/requerimento_no_57-_ao_sr._gilmar_fava_carrara_-_marcos_da_luz.doc</t>
   </si>
   <si>
     <t>Requerem ao Sr. Presidente seja enviada ao Sr. Gilmar Fava Carrara, Diretor-Presidente da MGS (Minas Gerais Administração e Serviços), no endereço à Av. Álvares Cabral, 200 - 2º andar, Centro, Belo Horizonte/MG, 30170-000,  manifestação contra as demissões dos empregados que atuavam na UAI de Coronel Fabriciano, solicitando a realocação dos trabalhadores colocados em disponibilidade, consoante Súmula 57 TRT-MG da 3ª Região. _x000D_
 Requerem, ainda, que da decisão de Plenário, sejam encaminhadas cópias do presente à ASSEPEMGS, sito à R. Caetés, 530, sala 1018, Belo Horizonte/MG, e à Comissão de Assuntos Municipais e Regionalização da Assembleia Legislativa, sito à Rua Rodrigues Caldas, 30, Santo Agostinho, 30190-921, Belo Horizonte/MG, para conhecimento da matéria.</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/773/requerimento_no_58-_convidada_a_dra._isabella_filgueiras_gomes_-_marcos_da_luz.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/773/requerimento_no_58-_convidada_a_dra._isabella_filgueiras_gomes_-_marcos_da_luz.doc</t>
   </si>
   <si>
     <t>Requerem ao Sr. Presidente que convide a Dra. Isabella Filgueiras Gomes, Procuradora do Trabalho, Vice-Coordenadora Regional da Coordenadoria Nacional de Defesa do Meio Ambiente do Trabalho - PRT 3ª Região, para uso da Tribuna Popular da Câmara Municipal de Coronel Fabriciano a fim de explanar sobre o “Abril Verde”, mês dedicado às ações de conscientização e prevenção de acidentes e doenças relacionada ao trabalho.</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/774/requerimento_n_59_-__mocao_aplausos_quinto_pelotao_fabriciano__militares.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/774/requerimento_n_59_-__mocao_aplausos_quinto_pelotao_fabriciano__militares.doc</t>
   </si>
   <si>
     <t>Requer “Moção de Aplausos” ao Pelotão dos Bombeiros Militares de Coronel Fabriciano pelo apoio prestado na operação de resgate às vítimas do rompimento da barragem de Brumadinho.</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/775/requerimento_no_60-_edem.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/775/requerimento_no_60-_edem.doc</t>
   </si>
   <si>
     <t>Requer “Moção de Aplausos” ao Bill Hamburgueria e Restaurante, pelos relevantes  serviços prestados à população.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/776/requerimento_no_61-_edem.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/776/requerimento_no_61-_edem.doc</t>
   </si>
   <si>
     <t>Requer “Moção de Aplausos” à Cabelaria Gênesis, pelos relevantes serviços prestados à população.</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/777/requerimento_no_62-_edem.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/777/requerimento_no_62-_edem.doc</t>
   </si>
   <si>
     <t>Requer “Moção de Aplausos” ao Restaurante e Lanchonete Cocais, pelos relevantes serviços prestados à população.</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/778/requerimento_no_63-_edem.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/778/requerimento_no_63-_edem.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, na forma regimental, ouvido o plenário, apresenta “Moção de Aplausos” ao Restaurante Floresta, pelos relevantes  serviços prestados à população.</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/779/requerimento_no_64-_edem.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/779/requerimento_no_64-_edem.doc</t>
   </si>
   <si>
     <t>Requer “Moção de Aplausos” a Toty Barber Shop, pelos relevantes  serviços prestados à população.</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/780/requerimento_no_65-_edem.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/780/requerimento_no_65-_edem.doc</t>
   </si>
   <si>
     <t>Requer “Moção de Aplausos” a Alves Barber Shop, pelos relevantes serviços prestados à população.</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/781/requerimento_no_68_-_adriano_mocao_aplauso.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/781/requerimento_no_68_-_adriano_mocao_aplauso.doc</t>
   </si>
   <si>
     <t>Requer que seja enviada “Moção de Aplausos” à Cantora Gil Costa, pelo apoio prestados as pessoas da comunidade que sofrem violência físicas e verbal.</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>ADRIANO MARTINS DE OLIVEIRA, BETO CAVALEIRO, CANÍDIA, CRISTIANO DO CAIS, Dr. Sandro, Eugênio Pascelli, LUGÃO, MILTINHO DO SACOLÃO, Marcos da Luz, Professor Edem, RONILSON BURRINHO, Sargento Francisquni, THIAGO LUCAS, Xingozinho, – Carmem do Sinttrocel</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/782/requerimento_no_69_-_marcos.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/782/requerimento_no_69_-_marcos.doc</t>
   </si>
   <si>
     <t>Requerem seja enviada manifestação ao Sr. Paulo Eduardo Cirino, Superintendente Regional do INSS – Sudeste II, no endereço à Av. Amazonas, 266 – 14º andar -  30180-001 - Belo Horizonte/MG, contra a transferência do serviço de perícia médica da Agência do INSS de Coronel Fabriciano para os municípios de Ipatinga e Timóteo._x000D_
 _x000D_
 Requerem, ainda, que da decisão de Plenário, seja encaminhada cópia do presente Requerimento à Comissão de Assuntos Municipais e Regionalização da Assembleia Legislativa, sito à Rua Rodrigues Caldas, 30, Santo Agostinho, 30190-921, Belo Horizonte/MG, para conhecimento da matéria.</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/783/requerimento_no_70_-_marcos.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/783/requerimento_no_70_-_marcos.doc</t>
   </si>
   <si>
     <t>Requerem seja enviado ao Secretário Municipal de de Obras e Serviços Urbanos, Sr. Nelson César Pereira Diniz, no endereço à R. Nova Almeida, 60 - Giovanini, Cel. Fabriciano - MG, 35170-129, pedido de informações sobre os critérios adotados para as mudanças ocorridas no itinerário da linha Amaro Lanari/Fabriciano, especialmente, quanto a alteração do trajeto da Rua Rio Grande Sul para a Avenida Brasília._x000D_
 Considerando o itinerário previsto quando do contrato de concessão, requerem ainda informações se a alteração da linha do ônibus da Univale no bairro Amaro Lanari foi determinada pela Prefeitura Municipal (poder concedente) e se houve consulta prévia à comunidade, ou seja, se os usuários dos serviços foram devidamente ouvidos antes da tomada da decisão.</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/784/requerimento_no_71_-_marcos.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/784/requerimento_no_71_-_marcos.doc</t>
   </si>
   <si>
     <t>Requerem ao Sr. Presidente sejam enviadas as seguintes “Moções de Aplausos”:_x000D_
 - ACICEL-CDL, pela realização da 8ª edição do “Dia de Receber Bem” (Lei nº 3.781/2013), no dia 29/04/2019;_x000D_
 - Sr. Mateus Cabral, pelo retorno à Rádio Itatiaia Vale do Aço FM 97,1 e estreia do programa “Rádio Show”, no dia 06/05/2019;_x000D_
 - Sr. Wellinton Rais da Silva, pela posse no Conselho Deliberativo da Fundação Libertas, dia 29/04/2019;_x000D_
 - Sind-UTE-MG e Sind-UTE sub-sedes Ipatinga e Cel. Fabriciano/Timóteo pela eleição da nova diretoria, dias 22 a 26/04/2019;_x000D_
 - Sr. Antônio Marcos, extensivo à diretoria e conselho, pela eleição da nova diretoria do Sindicato Metasita, dias 02 e 03/04/2019;_x000D_
 - ao Rotary Club Coronel Fabriciano, pelas comemorações dos seus 60 anos de admissão em Rotary International._x000D_
 - ao Padre José Wilker por ter assumido a direção da Rádio Educadora</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/785/requerimento_no_72_-_marcos.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/785/requerimento_no_72_-_marcos.doc</t>
   </si>
   <si>
     <t>Requerem ao Sr. Presidente seja enviado ao Sr. Renato Rodrigues Vieira (Presidente do INSS - Setor de Autarquias Sul, Quadra 02 – Bloco O – 10º andar - 70070-946 – Brasília/DF) e ao Sr. Paulo Roberto Nunes Guedes (Ministro da Economia - Esplanada dos Ministérios - Bloco P - 5º andar 946 – Brasília/DF) apelo para que promovam, no âmbito das suas esferas de poder, os atos necessários à reposição da força de trabalho da autarquia, notadamente, na Agência do INSS do Município de Coronel Fabriciano/MG._x000D_
 Requerem, ainda, que o Ministério da Economia autorize, o mais urgente possível, a realização de Concurso Público para a recomposição da força de trabalho do INSS, em quantitativo não inferior às vagas/cargos em aberto e para a formação de cadastro de reserva – inclusive para o preenchimento de postos resultantes da aposentadoria dos servidores que se encontram em abono permanência. _x000D_
 Requerem, por fim, seja encaminhada</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/786/requerimento_no_73_-_marcos.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/786/requerimento_no_73_-_marcos.doc</t>
   </si>
   <si>
     <t>Requerem ao Sr. Presidente seja convidado o Deputado Federal Rogério Correia para debater em Audiência Pública a proposta de Reforma da Previdência, em data a ser oportunamente agendada._x000D_
 Requerem, ainda, sejam convidados todos os segmentos da comunidade para esta Audiência Pública e divulgação posterior da realização do evento, para conhecimento geral.</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/787/requerimento_no_74_-__cristiano.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/787/requerimento_no_74_-__cristiano.doc</t>
   </si>
   <si>
     <t>Requer “Moção de Aplausos” ao Cine alvorada, pelos relevantes serviços prestados, e contribuindo para o desenvolvimento de nossa cidade.</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/788/requerimento_no_75_-_edem_comercial_milani.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/788/requerimento_no_75_-_edem_comercial_milani.doc</t>
   </si>
   <si>
     <t>Requer “Moção de Aplausos” ao Comercial Millani, pelos relevantes  serviços prestados à população.</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/789/requerimento_no_76_-_inss_marcos_e_demais.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/789/requerimento_no_76_-_inss_marcos_e_demais.doc</t>
   </si>
   <si>
     <t>Requerem ao Sr. Presidente seja enviada “Moção de Aplausos” à Primeira Igreja Batista de Coronel Fabriciano, pelas comemorações dos 69 anos de fundação, dias 18 e 19/5/2019.</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/790/requerimento_no_77_-marcos.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/790/requerimento_no_77_-marcos.doc</t>
   </si>
   <si>
     <t>Requerem ao Sr. Presidente seja enviada “Moção de Aplausos” à ASOVA (Associação Orquidófila do Vale do Aço), pela realização da 13ª Exposição de Orquídeas de Coronel Fabriciano, dias 10 a 12/5/2019.</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/791/requerimento_no_78_-marcos.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/791/requerimento_no_78_-marcos.doc</t>
   </si>
   <si>
     <t>Requerem ao Sr. Presidente seja enviada “Moção de Aplausos” ao Prof. Wallace Carvalho Costa, pela realização da 10ª Semana Jurídica do Curso de Direito do Unileste, dias 15 a 17/4/2019, com o tema "A importância das políticas públicas para o acesso à Justiça".</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/792/requerimento_no_79-marcos.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/792/requerimento_no_79-marcos.doc</t>
   </si>
   <si>
     <t>Requerem ao Sr. Presidente seja enviada “Moção de Aplausos” ao  Sr. Franklin Corrêa, pelas comemorações dos 100 anos de aniversário natalício, no próximo dia 21/06/1919.</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/793/requerimento_no_80-edem.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/793/requerimento_no_80-edem.doc</t>
   </si>
   <si>
     <t>Requer “Moção de Aplausos” à Horta do Ruy pelos relevantes serviços prestados à sociedade, em especial fornecimento de produtos saudáveis sem agrotóxicos. .</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/794/requerimento_no_81-edem.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/794/requerimento_no_81-edem.doc</t>
   </si>
   <si>
     <t>Requer "Moção de Aplausos” à Padaria Dengosa pelos relevantes serviços prestados à sociedade, em especial fornecimento de produtos saudáveis sem agrotóxicos. .</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/795/requerimento_no_83_-_lugao.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/795/requerimento_no_83_-_lugao.doc</t>
   </si>
   <si>
     <t>Requer ao Sr. Presidente que seja enviada “Moção de Aplausos” à Igreja Batista Centenário, Localizada no bairro Caladinho de baixo, pelos 30 anos de Fundação.</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/796/requerimento_no_84_-_lugao.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/796/requerimento_no_84_-_lugao.doc</t>
   </si>
   <si>
     <t>Requer ao Sr. Presidente que seja enviada “Moção de Aplausos” ao Pastor Mauro Fonseca de Campos, pela Liderança da Igreja Batista Centenário que comemora seus 30 anos de fundação.</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/797/requerimento_no_85_-_-marcos.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/797/requerimento_no_85_-_-marcos.doc</t>
   </si>
   <si>
     <t>Requerem seja enviada correspondência aos deputados estaduais e federais  eleitos com votação nominal no município (lista anexa), solicitando apoio, por meio de Emenda Parlamentar ao Orçamento, em prol da construção da sede própria do 58º Batalhão de Polícia Militar em Coronel Fabriciano/MG, sendo que o local da construção já está aprovado pelo Comando Geral e o projeto está orçado em R$ 3,1 milhões. _x000D_
 _x000D_
 Requerem, ainda, que da decisão de Plenário, seja encaminhada cópia do presente Requerimento ao Comandante do 58º Batalhão de Polícia Militar, Tenente-Coronel Warley Geraldo Silva, no endereço à R. Joaquim Vicente Bonfim, nº 257 - Belvedere, Cel. Fabriciano - MG, Cep 35170-187, para conhecimento da matéria.</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/798/requerimento_n_86_-_eugenio_e_demais.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/798/requerimento_n_86_-_eugenio_e_demais.doc</t>
   </si>
   <si>
     <t>Os Vereadores que este subscrevem, na forma regimental, ouvido o plenário, solicitam ao Exmo. Senhor Prefeito Municipal que envie a esta Casa, em caráter de urgência, Projeto de Lei referente ao ProRefis para o ano de 2019, tendo em vista ser de grande importância nesse momento de crise vivenciado pelo nosso país, favorecendo a quitação dos impostos atrasados pelos contribuintes.</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/799/requerimento_n_87_-_beto_cavaleiro.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/799/requerimento_n_87_-_beto_cavaleiro.doc</t>
   </si>
   <si>
     <t>Requer do Executivo Municipal a inclusão de um Médico Otorrinolaringologista no Município de Coronel Fabriciano.</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/800/requerimento_n_88_-_beto_cavaleiro.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/800/requerimento_n_88_-_beto_cavaleiro.doc</t>
   </si>
   <si>
     <t>Requer seja marcada uma Audiência Pública pra tratar do seguinte tema: Plano Diretor do Município de Coronel Fabriciano</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/801/requerimento_no_89_-_mocao_de_aplausos-_francisquini.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/801/requerimento_no_89_-_mocao_de_aplausos-_francisquini.doc</t>
   </si>
   <si>
     <t>Requer “Moção de Aplausos” ao cidadão de Coronel Fabriciano-MG, Senhor Jaime Silva, filho desta cidade, Rua Josino Bhering, n°37 – Bairro  Melo Viana, em Coronel Fabriciano.</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/802/requerimento_no_90-_enviar_correspondencia_a__copasa_-_lugao.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/802/requerimento_no_90-_enviar_correspondencia_a__copasa_-_lugao.doc</t>
   </si>
   <si>
     <t>Requer ao Sr. Presidente que seja enviado correspondência a diretoria da COPASA, considerando a movimentação do talude norte, na cava da Mina Gongo Soco, da Vale, em Barão de Cocais solicitando as seguintes informações:_x000D_
 _x000D_
 a)	Qual o plano de contingenciamento para atendimento aos usuários da COPASA em Coronel Fabriciano, tendo em vista a iminência do rompimento da barragem, o que pode afetar de forma direta a toda população;_x000D_
 b)	Seja informada qual a estrutura de atendimento caso o relatado acima seja efetivado.</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/808/requerimento_no_91-_mocao_de_aplausos_-_edem.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/808/requerimento_no_91-_mocao_de_aplausos_-_edem.doc</t>
   </si>
   <si>
     <t>Requer “Moção de Aplausos” à Só Baterias, pelos relevantes serviços prestados à população.</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/809/requerimento_no_92-_mocao_de_aplausos_-_edem.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/809/requerimento_no_92-_mocao_de_aplausos_-_edem.doc</t>
   </si>
   <si>
     <t>Requer “Moção de Aplausos” a Paraíso das Correias, pelos relevantes  serviços prestados à população.</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/810/requerimento_no_93-_mocao_de_aplausos_-_edem.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/810/requerimento_no_93-_mocao_de_aplausos_-_edem.doc</t>
   </si>
   <si>
     <t>Requer “Moção de Aplausos” a Molaço, pelos relevantes  serviços prestados à população.</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/811/requerimento_no_94-_mocao_de_aplausos_-_edem.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/811/requerimento_no_94-_mocao_de_aplausos_-_edem.doc</t>
   </si>
   <si>
     <t>Requer "Moção de Aplausos” a Zoom Acessórios, pelos relevantes serviços prestados à população.</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/812/requerimento_no_95-_audiencia_publica_-_autismo.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/812/requerimento_no_95-_audiencia_publica_-_autismo.doc</t>
   </si>
   <si>
     <t>Requer que seja marcado uma Audiência Pública para tratar sobre o “Autismo”.</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/813/requerimento_no_96_-_mocao_aplausos_francisquini.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/813/requerimento_no_96_-_mocao_aplausos_francisquini.doc</t>
   </si>
   <si>
     <t>Requer “Moção  de aplausos” aos militares pertencentes ao 58º BPM que servem em Coronel  Fabriciano-MG, Cb Álvaro Neves Marques Cb Rômulo dias Barra. Que o presente requerimento seja entregue na Sede do 58º BPM síto à Rua  Joaquim Vicente Bonfim, 257, Belvedere/ Coronel Fabriciano.</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/814/requerimento_no_97_-_mocao_aplausos_francisquini.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/814/requerimento_no_97_-_mocao_aplausos_francisquini.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, na forma regimental, ouvido o plenário,  requer “Moção  de aplausos” ao militar pertencente ao 58º BPM que servem em Coronel  Fabriciano-MG, Cb Adeir Neves de Souza. Que o presente requerimento seja entregue na Sede do 58º BPM síto à Rua  Joaquim Vicente Bonfim, 257, Belvedere/ Coronel Fabriciano.</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/815/requerimento_no_98_-_marcos.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/815/requerimento_no_98_-_marcos.doc</t>
   </si>
   <si>
     <t>Requerem ao Sr. Presidente sejam enviadas “Moções de Aplausos”:  _x000D_
 - pelo aniversário natalício de 82 anos do Pastor Antônio Rosa, Presidente de Honra da Igreja Assembleia de Deus;_x000D_
 - pelas comemorações dos 80 anos de fundação da Associação Mineira de Cronistas Esportivos (AMCE), em 25 de Julho de 2019, no endereço à Rua Bom Despacho, 206, bairro Santa Tereza, 31010-390, Belo Horizonte/MG;_x000D_
 - ao Sr. Ângelo Rafael Telles, Vencedor do “Comida di Buteco” de Belo Horizonte, no endereço Tanganica Art Bar, à Rua Padre Demerval Gomes, 380 – Coração Eucarístico, Belo Horizonte/MG;_x000D_
 - pelas comemorações dos 51 anos de fundação da Rádio Educadora.</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/816/requerimento_no_99_-_marcos.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/816/requerimento_no_99_-_marcos.doc</t>
   </si>
   <si>
     <t>Requerem ao Sr. Presidente sejam solicitadas ao Sr. Douglas Prado, Secretário  Municipal de Planejamento Urbano, no endereço à Praça Louis Enshc, 64, Centro, informações sobre o descaucionamento de lotes, referentes ao SETOR 2 do loteamento denominado “BELVEDERE”, conforme previsto no art. 1º, do DECRETO Nº 6.818, DE 08 DE ABRIL DE 2019 (Diário Oficial de Coronel Fabriciano, n° 983/ quinta-feira, 25 de abril de 2019 / Página 2 - http://www.fabriciano.mg.gov.br/storage/diarioItem/174745201904255cc21cf1e9dbc.pdf</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
     <t>Requerem ao Sr. Presidente seja solicitada ao Sr. José Márcio Gomes Pereira, Secretário  Municipal de Administração, no endereço à Rua Boa Vista, nº 113, Edifício José Vivi , Centro, cópia da Adesão Ata que figura como contratada a Brasil Sudeste, que gerou atrasos no atendimento do transporte escolar no Cocais dos Arrudas no início do ano letivo.</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/818/requerimento_no_101_-_marcos.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/818/requerimento_no_101_-_marcos.doc</t>
   </si>
   <si>
     <t>Requerem ao Sr. Presidente sejam solicitadas ao Sr. José Márcio Gomes Pereira, Secretário  Municipal de Administração, no endereço à Rua Boa Vista, nº 113, Edifício José Vivi , Centro, informações detalhadas sobre contratação de vigilância armada, conforme mencionado pela Secretária Municipal de Assistência Social em Audiência Pública nesta Casa, no dia 08/04/2019.</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/819/requerimento_no_102_-_marcos.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/819/requerimento_no_102_-_marcos.doc</t>
   </si>
   <si>
     <t>Os vereadores que este subscrevem, na forma regimental, ouvido o plenário, requerem ao Sr. Presidente sejam solicitadas ao Sr.  Carlos Alberto Serra Negra, Secretário  Municipal de Educação, no endereço à Rua Duque de Caxias, 366 - Centro, informações se existe e quais condições de uso da Merenda Escolar para abastecimento do Banco de Alimentos da Secretaria Municipal de Assistência Social, localizado no bairro Floresta.</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/820/requerimento_no_103_-_marcos.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/820/requerimento_no_103_-_marcos.doc</t>
   </si>
   <si>
     <t>O vereador que este subscreve, com base nos arts. 36, VII, e 123, § 3º, V, do Regimento Interno, c/c com o art. 11, § 3º, da Lei Orgânica Municipal,  ouvido o Plenário, requer seja oficiado o Sr. Prefeito Municipal com a solicitação de envio a esta Casa Legislativa de cópia da planilha, estudos e análises realizadas para a fixação da nova tarifa do transporte coletivo._x000D_
 O pedido se fundamenta no fato de que no dia 07 de junho do corrente ano, foi publicado o Decreto 6.876, que “fixa nova tarifa de transporte coletivo e dá outras providências”, no qual consta das considerações que fundamentam a expedição do referido decreto da fixação da tarifa teve por base “a planilha de custos apresentada, bem como os estudos e a análise realizada pelo Município para verificação da revisão da tarifa”, que devem se publicizadas.</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/821/requerimento_no_104_-_rele_mocao_aplauso.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/821/requerimento_no_104_-_rele_mocao_aplauso.doc</t>
   </si>
   <si>
     <t>O vereador que este subscreve, na forma regimental, ouvido o plenário, requer que seja enviada “Moção de Aplausos” ao Instituto de beleza Espelho Espelho Meu, pelo relevante serviços prestado.</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/822/requerimento_no_105_-_rele_-mocao_aplauso.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/822/requerimento_no_105_-_rele_-mocao_aplauso.doc</t>
   </si>
   <si>
     <t>Requer que seja enviada “Moção de Aplausos” ao Pastor Ronaldo Sabino do Nascimento, pelo carinho e fidelidade com seus fiéis e a comunidade.</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/823/requerimento_no_106_-_rele_-mocao_aplauso.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/823/requerimento_no_106_-_rele_-mocao_aplauso.doc</t>
   </si>
   <si>
     <t>Tequer que seja enviada “Moção de Aplausos” ao vereador Eugênio Pascelli Gonçalves Lima, pelos excelentes serviços prestado a comunidade.</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/824/requerimento_no_107_-_rele_-mocao_aplauso.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/824/requerimento_no_107_-_rele_-mocao_aplauso.doc</t>
   </si>
   <si>
     <t>Requer que seja enviada “Moção de Aplausos” ao vereador Luciano Lugão da Silva, pelos excelentes serviços prestado a comunidade.</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/825/requerimento_no_108_-_rele_-mocao_aplauso.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/825/requerimento_no_108_-_rele_-mocao_aplauso.doc</t>
   </si>
   <si>
     <t>Requerem ao Sr. Presidente sejam enviadas “Moções de Aplausos”:_x000D_
 	Ao Sr. Edmilson Margarido de Oliveira, pelos relevantes serviços prestados com compromisso e dedicação._x000D_
 	A Auto Escola Direção pelo premio melhores do ano._x000D_
 Á Marlene Tomaz Carneiro, Marinete da Silva Cruz Ferreira e ao senhor Vagton Pires de Souza, pelo apoio prestado para realização da arraia beneficente dos amigos em ação. _x000D_
 Ao Depósito Ribeiros, pelos relevantes serviços prestados.</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/826/requerimento_no_109_-_adriano_mocao_aplauso.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/826/requerimento_no_109_-_adriano_mocao_aplauso.doc</t>
   </si>
   <si>
     <t>Requer que seja enviada “Moção de Aplausos” ao Diretor João Batista, pelo excelente serviços prestados.</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/827/requerimento_no_110_-_adriano_mocao_aplauso.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/827/requerimento_no_110_-_adriano_mocao_aplauso.doc</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/828/requerimento_no_111_-_adriano_mocao_aplauso.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/828/requerimento_no_111_-_adriano_mocao_aplauso.doc</t>
   </si>
   <si>
     <t>Requer que seja enviada “Moção de Aplausos” ao Senhor Alex Junior Augusto, pelo o terceiro lugar no Festival da Canção Prisional.</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/829/requerimento_no_112_-_adriano_mocao_aplauso.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/829/requerimento_no_112_-_adriano_mocao_aplauso.doc</t>
   </si>
   <si>
     <t>O vereador que este subscreve, na forma regimental, ouvido o plenário, requer que seja enviada “Moção de Aplausos” ao Senhor  Diego Martins Ferreira, pelo o terceiro lugar no Festival da Canção Prisional.</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/830/requerimento_no_113_-_adriano_mocao_aplauso.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/830/requerimento_no_113_-_adriano_mocao_aplauso.doc</t>
   </si>
   <si>
     <t>Requer que seja enviada “Moção de Aplausos” ao Senhor Hayner Almeida Alves, pelo o terceiro lugar no Festival da Canção Prisional.</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
     <t>O vereador que este subscreve, na forma regimental, ouvido o plenário, requer que seja enviada “Moção de Aplausos” ao  Pastor José Martins de Calais Júnior, pelas comemorações do seu aniversário natalício no dia 28 de junho.</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
     <t>BETO CAVALEIRO, Professor Edem</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/832/requerimento_no_115_-___ap_as_788__unidades_habitacionais_de_coronel_fabriciano_-_beto_cavaleiro.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/832/requerimento_no_115_-___ap_as_788__unidades_habitacionais_de_coronel_fabriciano_-_beto_cavaleiro.doc</t>
   </si>
   <si>
     <t>Requer seja marcada uma Audiência Pública para tratar do seguinte tema: As 788 Unidades Habitacionais de Coronel Fabriciano.</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/833/requerimento_no_116_-__mocao_de_aplausos_espaco_da_beleza_-_edem.docx</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/833/requerimento_no_116_-__mocao_de_aplausos_espaco_da_beleza_-_edem.docx</t>
   </si>
   <si>
     <t>Requer “Moção de Aplausos” ao Espaço da Beleza pelos relevantes serviços prestados à comunidade.</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/834/requerimento_no_117_-_mocao_de_aplausos_-_edem.docx</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/834/requerimento_no_117_-_mocao_de_aplausos_-_edem.docx</t>
   </si>
   <si>
     <t>Requer “Moção de Aplausos” a Fazenda da Arvore pelos relevantes serviços prestados à comunidade.</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/835/requerimento_no_118_-_mocao_de_aplausos_-_edem.docx</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/835/requerimento_no_118_-_mocao_de_aplausos_-_edem.docx</t>
   </si>
   <si>
     <t>Requer “Moção de Aplausos” ao Senhor roque Pelo 1º Encontro de Sanfoneiros do Bairro mangueiras.</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/836/requerimento_no_119_-_mocao_de_aplausos_-_edem.docx</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/836/requerimento_no_119_-_mocao_de_aplausos_-_edem.docx</t>
   </si>
   <si>
     <t>Requer “Moção de Aplausos” a  Dona Bete pelas festas prestadas à comunidade do Bairro Mangueiras.</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/837/requerimento_no_120_-_mocao_de_aplausos_-_edem.docx</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/837/requerimento_no_120_-_mocao_de_aplausos_-_edem.docx</t>
   </si>
   <si>
     <t>Requer “Moção de Aplausos” à Móveis Andrade, pelos relevantes serviços prestados a comunidade</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
     <t>Requerem ao Sr. Presidente sejam envia Moção de Aplausos:_x000D_
 - ao Laboratório São Sebastião, pelas comemorações dos 35 anos de fundação;_x000D_
 _x000D_
 - à Fundação Aperam, pelas comemorações dos 25 anos de criação;_x000D_
 _x000D_
 - ao radialista Gilberto Pacheco Medeiros, pelas comemorações dos 40 anos de profissão;_x000D_
 _x000D_
 - ao Pastor Júnior Calais, Presidente da Igreja Assembleia de Deus, pelas comemorações do aniversário natalício;_x000D_
 _x000D_
 - ao Rotary Club Fabriciano (Júlio Maria Gomes da Silva), ao Rotary Club Fabriciano Norte (Rogério Cavalieri) e ao Rotary Club Melo Viana (William Alves), pela posse dos novos presidentes para o ano rotário 2019-2020;_x000D_
 _x000D_
 - ao fabricianense Dr. Raynner Sales de Meira, Promotor de Justiça, pela sua posse no Ministério Público do Rio Grande do Sul, no dia 05/07/2019;_x000D_
 _x000D_
 - à AAPI (Associação dos Aposentados e Pensionistas de Ipatinga), pela inauguração da sua sub-sede em Cororonel Fabriciano, no dia 07/08/2019. _x000D_
 _x000D_
 - 30 anos feirante Dom Cavati.</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/849/requerimento_no_122_-_audiencia_publica_-_fundeb.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/849/requerimento_no_122_-_audiencia_publica_-_fundeb.doc</t>
   </si>
   <si>
     <t>Audiência Publica</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
     <t>Solicita ao Secretario de Administração</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
     <t>Solicita ao Secretario municipal de educação</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/852/requerimento_n_125_-_nao_mexe_no_meu_bb_-_marcos.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/852/requerimento_n_125_-_nao_mexe_no_meu_bb_-_marcos.doc</t>
   </si>
   <si>
     <t>"#Não meche no meu BB"</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/853/requerimento_no_126_-_mocao_de_aplausos_-carmem.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/853/requerimento_no_126_-_mocao_de_aplausos_-carmem.doc</t>
   </si>
   <si>
     <t>Moção de Aplausos</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/854/requerimento_n_127-_miltinho_sacolao.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/854/requerimento_n_127-_miltinho_sacolao.doc</t>
   </si>
   <si>
     <t>Operadoras de telefonia Movel</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/855/requerimento_no_128_-_adriano_mocao_aplausos_-_grupo_boleros.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/855/requerimento_no_128_-_adriano_mocao_aplausos_-_grupo_boleros.doc</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
     <t>“Moção de Aplausos”</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/861/requerimento_no_134_-_verbal-__mocao_aplausos_-_francisquini.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/861/requerimento_no_134_-_verbal-__mocao_aplausos_-_francisquini.doc</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
     <t>Audiência Pública com a Copasa</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/864/requerimento_no_137_-__marcos.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/864/requerimento_no_137_-__marcos.doc</t>
   </si>
   <si>
     <t>Estação Ferroviária Mário Carvalho, em Timóteo/MG,</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/865/requerimento_no_138_-__marcos.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/865/requerimento_no_138_-__marcos.doc</t>
   </si>
   <si>
     <t>?Moção de Repúdio</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/866/requerimento_no_139_-__privatizacao_correios_-_marcos.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/866/requerimento_no_139_-__privatizacao_correios_-_marcos.doc</t>
   </si>
   <si>
     <t>requerem seja enviada manifestação de apoio à manutenção dos Correios como empresa pública brasileira, ao Sr. Juarez Pinheiro Coelho Junior, Superintendente Estadual de Operações,</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/867/requerimento_no_140_-__verbal-_mocao_ap._-_francisquini_-_warley_geraldo.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/867/requerimento_no_140_-__verbal-_mocao_ap._-_francisquini_-_warley_geraldo.doc</t>
   </si>
   <si>
     <t>Moção de aplausos</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/869/requerimento_no_142_-__verbal-_mocao_ap._-_francisquini_-_noe_alves.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/869/requerimento_no_142_-__verbal-_mocao_ap._-_francisquini_-_noe_alves.doc</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/870/requerimento_no_143_-__verbal-_mocao_ap._-_francisquini_-_olney_ever.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/870/requerimento_no_143_-__verbal-_mocao_ap._-_francisquini_-_olney_ever.doc</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/871/requerimento_no_144_-__verbal-_mocao_ap._-_francisquini_-_paulo_brandiaor.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/871/requerimento_no_144_-__verbal-_mocao_ap._-_francisquini_-_paulo_brandiaor.doc</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/874/requerimento_no_147_-__verbal-_mocao_ap._-_francisquini_-_evandro.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/874/requerimento_no_147_-__verbal-_mocao_ap._-_francisquini_-_evandro.doc</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/876/requerimento_no_149_-__verbal-_mocao_ap._-_francisquini_-_jofre.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/876/requerimento_no_149_-__verbal-_mocao_ap._-_francisquini_-_jofre.doc</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/879/requerimento_no_151_-__verbal-_mocao_ap._-_francisquini_-_jorge_ferreira.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/879/requerimento_no_151_-__verbal-_mocao_ap._-_francisquini_-_jorge_ferreira.doc</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/880/requerimento_no_153_-__verbal-_mocao_ap._-_francisquini_-_enoque.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/880/requerimento_no_153_-__verbal-_mocao_ap._-_francisquini_-_enoque.doc</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/881/requerimento_no_154_-__verbal-_mocao_ap._-_adriano_-_paulo_e_elisangela.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/881/requerimento_no_154_-__verbal-_mocao_ap._-_adriano_-_paulo_e_elisangela.doc</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/882/requerimento_no_155_-__solicita_prestacao__de_contas_-_lidecel_-_comissao_legislacao.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/882/requerimento_no_155_-__solicita_prestacao__de_contas_-_lidecel_-_comissao_legislacao.doc</t>
   </si>
   <si>
     <t>Comissão de ligislação, justiça e redação</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/885/requerimento_no_158_-__mocao_de_aplausos_-_vair_dias_-_xingo.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/885/requerimento_no_158_-__mocao_de_aplausos_-_vair_dias_-_xingo.doc</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/887/requerimento_no_160_-__mocao_de_aplausos_-_cleydson_feliciano_-_xingo.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/887/requerimento_no_160_-__mocao_de_aplausos_-_cleydson_feliciano_-_xingo.doc</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/888/requerimento_no_161_-__mocao_de_aplausos_-_ronaldo_maia-_xingo.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/888/requerimento_no_161_-__mocao_de_aplausos_-_ronaldo_maia-_xingo.doc</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/889/requerimento_no_162_-__mocao_de_aplausos_-_marilene_fernandes-_xingo.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/889/requerimento_no_162_-__mocao_de_aplausos_-_marilene_fernandes-_xingo.doc</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/890/requerimento_no_163_-__mocao_de_aplausos_-_eliane_silva-_xingo.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/890/requerimento_no_163_-__mocao_de_aplausos_-_eliane_silva-_xingo.doc</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/891/requerimento_no_164_-__mocao_de_aplausos_-_marlon_dalta_-_xingo.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/891/requerimento_no_164_-__mocao_de_aplausos_-_marlon_dalta_-_xingo.doc</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/892/requerimento_no_165_-__mocao_de_aplausos_-_warley_pimentel_-_xingo.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/892/requerimento_no_165_-__mocao_de_aplausos_-_warley_pimentel_-_xingo.doc</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/893/requerimento_no_166_-_audiencia_publica_-_edem.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/893/requerimento_no_166_-_audiencia_publica_-_edem.doc</t>
   </si>
   <si>
     <t>Audiência Pública</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/894/requerimento_no_167_-__mocao_de_aplausos_-_padre_evaldo_-_xingo.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/894/requerimento_no_167_-__mocao_de_aplausos_-_padre_evaldo_-_xingo.doc</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/895/requerimento_no_168_-__mocao_de_aplausos_-_padre_jose_zambom_-_xingo.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/895/requerimento_no_168_-__mocao_de_aplausos_-_padre_jose_zambom_-_xingo.doc</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/896/requerimento_no_169_-__mocao_de_aplausos_-_padre_ronaldo_toree_-_xingo.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/896/requerimento_no_169_-__mocao_de_aplausos_-_padre_ronaldo_toree_-_xingo.doc</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/898/requerimento_no_171_-__mocao_de_aplausos_-_beto.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/898/requerimento_no_171_-__mocao_de_aplausos_-_beto.doc</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
     <t>Veda a nomeação para cargos em comissão</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/903/requerimento_no_176_-__mocao_de_aplausos_-__eliel_-_beto.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/903/requerimento_no_176_-__mocao_de_aplausos_-__eliel_-_beto.doc</t>
   </si>
   <si>
     <t>Eliel Sirlesio</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/904/requerimento_no_177_-__audiencia_publica_m._urbana_-_adriano_martins.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/904/requerimento_no_177_-__audiencia_publica_m._urbana_-_adriano_martins.doc</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/905/requerimento_no_178.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/905/requerimento_no_178.doc</t>
   </si>
   <si>
     <t>Solicita informações</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/906/requerimento_no_179_-__audiencia_publica_m._urbana_-_adriano_martins.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/906/requerimento_no_179_-__audiencia_publica_m._urbana_-_adriano_martins.doc</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/907/requerimento_no_180_-__audiencia_publica_educacao_-_adriano_martins.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/907/requerimento_no_180_-__audiencia_publica_educacao_-_adriano_martins.doc</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/911/requerimento_no_184_-__audiencia_publica_politicas_pu_juventude_-_adriano_martins.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/911/requerimento_no_184_-__audiencia_publica_politicas_pu_juventude_-_adriano_martins.doc</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/912/requerimento_no_185_-__mocao_de_aplausos_-_marcos.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/912/requerimento_no_185_-__mocao_de_aplausos_-_marcos.doc</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/913/requerimento_no_186_-__mocao_de_aplausos_-_marcos.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/913/requerimento_no_186_-__mocao_de_aplausos_-_marcos.doc</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/915/requerimento_no_188_-__mocao_de_aplausos_-_marcos.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/915/requerimento_no_188_-__mocao_de_aplausos_-_marcos.doc</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/916/requerimento_no_189_-__mocao_de_aplausos_-_marcos.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/916/requerimento_no_189_-__mocao_de_aplausos_-_marcos.doc</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/918/requerimento_no_191_-__mocao_de_aplausos_-_adriano.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/918/requerimento_no_191_-__mocao_de_aplausos_-_adriano.doc</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/920/requerimento_no_193-__mocao_de_aplausos_-_rele.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/920/requerimento_no_193-__mocao_de_aplausos_-_rele.doc</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
     <t>THIAGO LUCAS, Marcos da Luz, Professor Edem</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/923/requerimento_no_196_-_mocao_de_aplausos_-_thiago_lucas.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/923/requerimento_no_196_-_mocao_de_aplausos_-_thiago_lucas.doc</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/925/requerimento_no_198_-_mocao_de_aplausos_-_thiago_lucas.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/925/requerimento_no_198_-_mocao_de_aplausos_-_thiago_lucas.doc</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/926/requerimento_no_199_-_mocao_de_aplausos_-_thiago_lucas.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/926/requerimento_no_199_-_mocao_de_aplausos_-_thiago_lucas.doc</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/927/requerimento_no_200_-_mocao_de_aplausos_-_xingozinho.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/927/requerimento_no_200_-_mocao_de_aplausos_-_xingozinho.doc</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/928/requerimento_no_201_-_mocao_de_aplausos_-_xingozinho.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/928/requerimento_no_201_-_mocao_de_aplausos_-_xingozinho.doc</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/930/requerimento_no_203_-_mocao_de_aplausos_-_xingozinho.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/930/requerimento_no_203_-_mocao_de_aplausos_-_xingozinho.doc</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/931/requerimento_no_204_-_mocao_de_aplausos_-_xingozinho.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/931/requerimento_no_204_-_mocao_de_aplausos_-_xingozinho.doc</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/932/requerimento_no_205_-_mocao_de_aplausos_-_xingozinho.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/932/requerimento_no_205_-_mocao_de_aplausos_-_xingozinho.doc</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/933/requerimento_no_206_-_mocao_de_aplausos_-_xingozinho.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/933/requerimento_no_206_-_mocao_de_aplausos_-_xingozinho.doc</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/934/requerimento_no_207_-_mocao_de_aplausos_-_xingozinho.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/934/requerimento_no_207_-_mocao_de_aplausos_-_xingozinho.doc</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/935/requerimento_no_208_-_mocao_de_aplausos_-_xingozinho.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/935/requerimento_no_208_-_mocao_de_aplausos_-_xingozinho.doc</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/731/indicacao_01-2019_-_edem.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/731/indicacao_01-2019_-_edem.doc</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal e à Secretaria de Obras a melhoria na sinalização vertical na Rua Salinas, esquina com o Banco Sicoob, referente à proibição de estacionar.</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/739/indicacao_02_contencao_e_boca_de_lobo_jk_-_edem.docx</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/739/indicacao_02_contencao_e_boca_de_lobo_jk_-_edem.docx</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal e à Secretaria de Obras e Serviços Urbanos a construção de encosta na Rua Geraldo Rodrigues Soares, próximo ao número 1400, sendo necessária a instalação de boca de lobo.</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/740/indicacao_03_-_2019_edem.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/740/indicacao_03_-_2019_edem.doc</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal e à Secretaria de Esportes e Secretária de Educação a criação de um projeto social voltado a juventude do bairro JK.</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/741/indicacao_04-2019_edem-_quebra_mola_sta_terezinha_2.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/741/indicacao_04-2019_edem-_quebra_mola_sta_terezinha_2.doc</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal e à Secretaria de Obras e Serviços Urbanos a colocação de dois quebra molas no bairro Santa Terezinha II em Coronel Fabriciano.</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/742/indicacao_05-2019_-_edem_-_limpeza_dos_poste.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/742/indicacao_05-2019_-_edem_-_limpeza_dos_poste.doc</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal e à Secretaria de Obras e Serviços Urbanos a melhoria na iluminação, por meio de troca de lâmpadas e limpeza dos bocais de iluminação dos postes do bairro JK.</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/743/indicacao_06-2019_-_edem_-capina_jk.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/743/indicacao_06-2019_-_edem_-capina_jk.doc</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal e à Secretaria de Obras e Serviços Urbanos a limpeza e capina da Rua 06, bairro JK.</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/744/indicacao_07-2019_-_edem_-1_orcamento.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/744/indicacao_07-2019_-_edem_-1_orcamento.doc</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a destinação de, no mínimo, 1% do Orçamento Municipal à Secretaria de Esportes e Juventude para ações voltadas à juventude.</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/745/indicacao_08-2019_-_edem.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/745/indicacao_08-2019_-_edem.doc</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal e à Secretaria de Obras e Serviços Urbanos uma operação de poda das palmeiras localizadas na Igreja Católica no bairro JK.</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/746/indicacao_09-2019_-miltinho_geloteca.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/746/indicacao_09-2019_-miltinho_geloteca.doc</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, por meio das Secretarias de Educação e de Cultura, que seja analisada a possibilidade de implantação do “Projeto Geloteca” em nosso Município.</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/747/indicacao_10-2019_-miltinho_pintura_de_amarelinhas.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/747/indicacao_10-2019_-miltinho_pintura_de_amarelinhas.doc</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que sejam pintadas desenhos de amarelinhas nas praças, calçadas, quadras e escolas públicas, em nosso Município.</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/748/indicacao_11-2019_-limpeza_das_ruas_-_edem.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/748/indicacao_11-2019_-limpeza_das_ruas_-_edem.doc</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que faça a limpeza das ruas citadas abaixo a pedido dos moradores do local: - Rua Dona Olinda, - Rua Sebastião Fabiano Evangelista.</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/749/indicacao_12-2019_-limpeza_das_ruas_-_edem.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/749/indicacao_12-2019_-limpeza_das_ruas_-_edem.doc</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal o recolhimento de galhadas de árvore cortada pela Prefeitura na Rua Aracaju, 241, Amaro Lanari.</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/750/indicacao_13-2019_-_miltinho.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/750/indicacao_13-2019_-_miltinho.doc</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a instalação de uma Torre de Telefonia Móvel entre os Distritos dos Cocais de Baixo e de Cima em nossa Amada Cel. Fabriciano.</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/751/indicacao_14-2019_-_adriano.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/751/indicacao_14-2019_-_adriano.doc</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que elabore e envie à Câmara Municipal de Coronel Fabriciano um Projeto de Lei que conceda a isenção a todos os templos religiosos dos valores cobrados em relação a Taxa de Lixo.</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/752/indicacao_15-2019_-__iluminacao_floresta.docx</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/752/indicacao_15-2019_-__iluminacao_floresta.docx</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal e à Secretaria de Obras e Serviços Urbanos a iluminação com troca de lâmpadas e instalação de conjuntos luminares no bairro Floresta, precisamente na Rua Peroba.</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/768/indicacao_16-2019_-_cmeis_cidade_-_thiago_lucas.docx</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/768/indicacao_16-2019_-_cmeis_cidade_-_thiago_lucas.docx</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, providências junto as Praças e CMEIS da cidade, a saber: conserto e substituição de brinquedos (balanço danificado, gangorras danificadas, simulador de caminhada danificado, carrossel – gira gira danificado), pintura de aparelhos e brinquedos.</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/769/indicacao_17-2019_-_construcao_bueiro_-_thiago_lucas.docx</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/769/indicacao_17-2019_-_construcao_bueiro_-_thiago_lucas.docx</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, determinar ao setor competente que tome providências quanto à construção de um bueiro localizado na Avenida JK na altura do número 220, ao lado da Congregação Cristo no Brasil, no bairro Mangueiras.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -4784,68 +4784,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/217/pl-2967-_substitutivo_ao_2967-2018_-_altera_lei_complementar_6_operacao_consorciada_maanaim_ouc_-_executivo.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/241/pl-2971-medicos_na_educacao_infantil-_edem.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/240/pl-2972-denominacao_de_lagradouro.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/239/pl-2973-denomina_a_praca_situada_no_bairro_caladinho_-_miltinho_retirado.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/238/pl-2974-dispoe_sobre_denominacao_de_logradouro_publico_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/237/pl-2975-exposicao_de_orquideas_calendario_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/236/pl-2976-regularizacao_area_-_executivo.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/229/pl-2979-passe_livre_para_militares.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/228/pl-2980-_altera_a_lei_m_2.253-90._xingozinho.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/200/pl-2981_-_proibe_obras_municipais_inacabadas_inauguracao_luciano_lugao.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/199/pl-2982_-extingue_cargos_mesa_diretora.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/198/pl-2984-majoracao_percentual_de_suplementacao_-_executivo.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/197/pl-2985_-_alvara_posto_gasolina_luciano_lugao.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/196/pl-2986_-_proibe_contratacao_leimaria_da_penha_xingozinho.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/195/pl-2988-_dispoe_sobre_o_atendimento_preferencial-__carmem.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/194/pl-2989_-_programa_municipal_deincentivo_familiar-beto.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/193/pl-2990-_feira_livre_da_agricultura_familiar-_beto.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/192/pl-2991_-_xingozinho_quarentena.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/191/pl-2992_-_cristiano-_declara_de_utilidade_publica_a_igreja_evangelica_betania.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/190/pl-2993-_beto_cuidados_paliativos.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/189/pl-2994-_beto_costrucao_solidaria.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/188/pl-2995-_beto_-_concessao_de_servico_funerario.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/187/pl-2997-_banco_de_racao_e_utensilios_-_thiago_lucas.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/185/pl-2998-_beto_agrifarm.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/251/pl-3001-_ldo_exercicio_financeiro_2020_-_executivo.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/268/pl-3002-__edem_abril_verde.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/269/pl-3003-dispoe_sobre_denominacao_de_logradouro_publico_-_nelio.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/271/pl-3004-_lidecel_-_executivo.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/273/pl-3005_-_altera_anexo_da_lei_4.153_-_cargos_da_camara.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/276/pl-3006-_altera_lei_4.165_-_cargos_-_mesa_diretora.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/282/pl-3009_-_regularizacao_de_construcoes_-__executivo.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/284/pl-3010_-_denomina_praca_rua_belo_horizonte_-_miltinho_do_sacolao.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/291/pl-3011-_beto_utilidade_publica_associacao_atletica_vale_do_aco.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/292/pl-3012_-_denominacao_ubs_jk_-_eugenio_e_demais.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/293/pl-3013_-_denominacao_de_logradouro_-_eugenio_e_demais.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/151/pl-3014_-_denomina_paco_municipal_-_eugenio_e_demais.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/299/pl-3015_-_denominacao_upa_walter_luiz_maia_-_eugenio_e_demais.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/296/pl-3016_-utilidade_publica_cotivar-_adriano.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/327/pl-3017_-__retirado_atendimento_prioritario_autismo_-_edem.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/328/pl-3018_-_utilizar_vaga_de_autismo_-_edem.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/329/pl-3019-_transito-_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/331/pl-3020_-_logradouro_-_thiago_lucas.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/334/pl-3021_-_logradouro_-_maria_aldir_rangel_teodoro_-_cristiano_do_cais.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/336/pl-3022_-_eliminador_de_ar_abastecimento_de_agua_-_carmen.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/338/pl-3023_-utilidade_publica_aceres-_adriano.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/339/pl-3024_-_dispoe_sobre_denominacao_de_campo_de_futebol_bairro_morada_do_vale_-_adriano.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/340/pl-3025_-utilidade_publica_comunidade_terapeutica_sao_bento_-_adriano.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/341/pl-3026_-_isencao_iptu_-_beto_cavaleiro.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/352/pl-3028_-_marcos_da_luz_-_reduz_jornada_de_trabalho_de_servidor_publico.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/354/pl-3029_-_concede_reajuste_servidores_2019_-_executivo.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/356/pl-3030_-_credito_adicional_-__executivo.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/359/pl-3031.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/361/pl-3033_-_denomina_praca_rua_amazonas_sao_paulo_-_ronilson.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/362/pl-3034_-_altera_a_lei_4.156-_executivo.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/364/pl-3035_-lidecel-_-_executivo.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/366/pl-3036_-_mudanca_de_logradouro_rua_brasilia-_lugao.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/367/pl-3037_-_altera_a_lei_4.163-_executivo.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/371/pl-3038_-_acordos_judiciais__e_estrajudiciais-_executivo.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/158/pl-3039_-_mamografia-_xingozinho.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/372/pl-3040_-_altera_ldo.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/373/pl-3041_-_altera_ppa.doc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/374/pl-3042_-_loa.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/375/pl-3043_-utilidade_publica_associacao_bairro_mangueiras-_adriano.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/376/pl-3044_-carteira_de_identificacao_de_autistas-_beto.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/377/pl-3045_-_dispoe_sobre_desafetacao_de_area_publica_-_executivo.doc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/378/pl-3046_-_declara_de_utilidade_publica_a_primeira_igreja_batista_da_familia_em_coronel_fabriciano_-_adriano.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/379/pl-3047_-_declara_de_utilidade_publica_associacao_de_artesaos_-_thiago_lucas.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/380/pl-3048_-_autoriza_abertura_de_credito_-_vale_alimentacao_legislativo_-_executivo.doc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/381/pl-3049_-_vagas_trabalho_empresas_idade_superior_50_-_canidia.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/382/pl-3050_-_consultas_medicas_e_exames_-_carmem.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/383/pl-3051_-_prorefis.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/385/pl-3053_-__lei_de_parcelamento_ocupacao_e_uso_do_solo_-_executivo_municipal_sumario.doc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/386/pl-3054_-_institui_o_codigo_de_obras__-_executivo_municipal.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/387/pl-3055_-_contratacao_upa_-_edem_almeida.doc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/388/pl-3056_-_declara_de_utilidade_comunidade_teraupeutica_-_luciano_lugao.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/389/pl-3057_-_regularizacao_fundiaria_-_procedimentos_aplicaveis_-_executivo.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/390/pl-3058_-_declaracao_de_utilidade_publica_-_adriano.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/391/pl-3059-_autoriza_executivo_instituir_programa_-_carmem.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/392/pl-3060-__conselho_municipal_de_combate_a_incencios_florestais_-_executivo_municipal.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/393/pl-3061-__altera_lei_4.205_commpud-_executivo_municipal.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/252/pr-1071_-_merito_legislativo_-_eneias_reis_-_adriano.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/250/pr-1072_-_cidadania_honoraria_coronel_aquino_-_xingozinho.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/248/pr-1073_-_washigton_alves_honra_ao_merito_-_xingozinho.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/246/pr-1074_-__honra_ao_merito_-_unileste_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/245/pr-1075_-__mesa_diretora__-_escola_do_legislativo.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/244/pr-1076_-_gratificacao_pregoeiro_labore__-_mesa_diretora.doc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/243/pr-1077-_cargos_-_procon_camara.doc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/242/pr-1078-_altera_regimento.doc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/235/pr-1079_-__projeto_de_resolucao_-_cei_prevcel.doc" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/232/pr-1080_-__projeto_de_resolucao_-_cei_walmir_lage_-_atas.doc" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/230/pr-1081-_diploma_embaixador_da_paz-_paulo__de_almeida_correa.doc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/227/pr-1082_-_honra_ao_merito_elisangela_damasceno_-_dr_sandro.doc" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/226/pr-1083-_alessandra-francisquini.doc" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/225/pr-1084-_medalha_rodrigo_neto_-_nelio.doc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/224/pr-1085-embaixador_da_paz-__nelio.doc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/223/pr-1086_-_xingozinho.doc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/222/pr-1087_-_xingozinho_-_merito_legislativo_fabio_oliveira_pimentel.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/220/pr-1088-_cidadania_honoraria_dr._jorge_caldeira_-_canidia.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/219/pr-1090_-_cidadania_honoraria_-_thiago.doc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/218/pr-1091_-_medalha_do_merito_-_thiago.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/216/pr-1092_-_medalha_rodrigo_neto_-_laercio_antonio_ferreira_araujo.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/215/pr-1093_-_medalha_de_merito_-_sandro.doc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/213/pr-1094_-_cidadania_honoraria_-_sandro.doc" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/212/pr-1095_-_merito_-_cristiano_do_cais.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/211/pr-1096_-_cidadania_honoraria_jose_begati_pereira_-_carmen.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/210/pr-1097_-_diploma_honra_e_merito_ruy_-_edem.doc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/208/pr-1099_-_honra_ao_merito_legislativo_william_ulhoa-_ronilson.doc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/207/pr-1100_-_criacao_do_orgao_oficial_legislativo_mesa.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/205/pr-1102-_prestacao_de_contas_-_2016_arquivado.doc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/204/pr-1103-_cidadania_honoraria_marcelo__-_adriano.doc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/203/pr-1104_-_cidadania_honoraria_renata_ccristiane_lucas_batista_lucca_-_francisquini.doc" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/202/pr-1105_-_medalha_jovens_notorios_fabiana_roberto_de_oliveira_-_francisquini.doc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/201/pr-1106_-_embaixador_da_paz_jackson_douglas_souza_ferreira_-_thiago_lucas.doc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/184/pr-1107_-_cria_cargos_no_ambito_da_camara_municipal_-_mesa_diretora.doc" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/183/pr-1108-_prestacao_de_contas_-_2016.doc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/182/pr-1109-_cidadannia_honoraria_-_cristiano.doc" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/181/pr-1110_-_reajuste_agentes_politicos.docx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/180/pr-1111_-_insitui_auxilio_alimentacao_e_majoracao_adicional_de_ferias_-_servidores_efetivos.docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/179/pr-1112_-embaixador_da_paz_dr._milton_afonso.doc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/178/pr-1113_-_honra_ao_merito_-_francisquini.docx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/177/pr-1114_-merito_legislativo_-_francisquini.docx" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/176/pr-1115_-_rodrigo_neto_-_rele.doc" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/175/pr-1116_-_embaixador_da_paz_-_padre_jose_do_carmo_zambom_-_adriano_martins.doc" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/174/pr-1117-_honra_ao_merito_-_ramon_paz_mendonca_-_adriano_martins.doc" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/173/pr-1118-_cidadania_honoraria_deputado_chales_santos_-_lugao.doc" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/171/pr-1120_-_rodrigo_neto_-_alexsander_martins_pereira__-_lugao.doc" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/170/pr-1121_-_beto_cavaleiro-_maurisson.doc" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/169/pr-1122_-_honra_ao_merito_-_rele.doc" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/168/pr-1123_-_rodrigo_neto_-_antonio_rodrigues_vaz__-_canidia.doc" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/167/pr-1124_-_honra_ao_merito_-_ilderson_roque_vieira_-_nelio_do_abacaxi.doc" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/166/pr-1125_-_medalha_de_superacao_-_ludugerio_rodrigues_de_almeida_-_adriano_martins.doc" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/165/pr-1126_-_honra_ao_merito-_beto.doc" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/164/pr-1127_-_rodrigo_neto-_beto.doc" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/163/pr-1128_-_embaixador_da_paz-_beto.doc" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/162/pr-1129_-_embaixador_da_paz-_lugao.doc" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/161/pr-1130_-_embaixador_da_paz-_xingo.doc" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/160/pr-1131-_merito_desportivo_rodrigo_afonso-_xingozinho.doc" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/143/pr-1132-_honra_ao_merito_-_miltinho.doc" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/142/pr-1133-_embaixador_da_paz_-_miltinho.doc" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/141/pr-1134-_rodrigo_neto_-_miltinho.doc" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/140/pr-1135-_cidadania_honoraria_-_miltinho.doc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/139/pr-1136_-_autoriza_conduzir_veiculos_oficiais_-_mesa.doc" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/138/pr-1137-_rodrigo_neto_-_xingo_felipe_martins.doc" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/137/pr-1138-_concede_cestas_de_natal-mesa.doc" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/136/pr-1139-_rodrigo_neto_-_marcos_da_luz_-_ferando_benedito.doc" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/135/pr-1140_-_autoriza_ausencia_prefeito.doc" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/134/pr-1141-_cidadania_honoraria_clerinho_-_rele.doc" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/133/pr-1142-_paulo_cesar_reis_-_adriano.doc" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/132/pr-1143-_rodrigo_neto_mayara_-_thiago_lucas.doc" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/131/pr-1144-_rodrigo_neto_wesley_augusto_-_eugenio_pascelli.doc" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/130/pr-1145-__honra_ao_merito_-_douglas_prado-_miltinho.doc" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/129/pr-1146_-_eugenio__-_helio_miranda_cidadania_honoraria.doc" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/128/pr-1147-_diploma_embaixador_da_paz-_clodomiro_de_jesus_-_eugenio.doc" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/127/pr-1148_-__honra_ao_merito_-_fernando_silva_-_eugenio_pascelli.doc" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/126/pr-1149-_transferencia_da_sede_-_mesa_diretora.doc" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/125/pr-1150-_embaxador_da_paz_-_edem_juventude_pela_diversidade.doc" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/124/pr-1151-rodrigo_neto_-_edem_-__mateus_cabral.doc" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/123/pr-1152-_cidadania_honoraria_-_edem_-___reinaldo_vieira.doc" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/122/pr-1153_-_merito_legislativo_-_edmar_moreira_-_eugenio.doc" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/121/pr-1154_-_merito_legislativo_-_tadeu_assis_-_edem.doc" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/120/pr-1155-_marcos_da_luz-cidadania_honararia_rogerio_correia.doc" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/119/pr-1156-beto__-_cidadania_honoraria_enio_silveira.doc" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/118/pr-1157-beto__-_merito_desportivo_-mateus_hernani_borges.doc" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/117/pr-1158-_marcos__-_merito_legislativo_-_adolfon_jacob.doc" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/116/pr-1159_-_embaixador_da_paz-_marcos_-_namilton.doc" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/115/pr-1160-_carmen.doc" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/114/pr-1161-_carmen.doc" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/113/pr-1162-_carmen_-_honra_ao_merito.doc" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/112/pr-1163-denomina_sala_de_imprensa_da_camara-_adriano.doc" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/111/pr-1164-_merito_legislativo_-_dr_denner_franco_reis-__cristiano_cais.doc" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/110/pr-1165-_embaixador_da_paz_-_pastor_sandro_ferreira-__cristiano_cais.doc" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/109/pr-1166-_embaixador_da_paz_-_wander_luis_de_oliveira-__rele.doc" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/108/pr-1167-_embaixador_da_paz_-_-__sandro.doc" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/107/pr-1168-_rodrigo_neto_-_fabio_pimentel_-_sandro.doc" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/106/pr-1169-_carmen_-_meritolegislativo_-_valia_rolim.doc" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/105/pr-1170-_rodrigo_neto_-_lugao.doc" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/104/pr-1171-merito_legislativo_-_fabiana_-_nelio.doc" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/103/pr-1172_-_medalha_rodrigo_neto_juninho_araujo_-_adriano.doc" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/102/pr-1173_-_medalha_rodrigo_neto_daniel_fernandes_lopes_-_cristiano_do_cais.doc" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/101/pr-1174_-_institui_a_jornada_especial_para_os_servidores_do_poder_legislativo_-_mesa_diretora.doc" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/100/pr-1175_-_prestacao_de_contas_-_2017.doc" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/99/pr-1176_-_honra_ao_merito_-_lugao.doc" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/98/pr-1177-_servidores_cedidos.doc" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/693/requerimento_n_01_-ap_presidio_-_beto.doc" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/694/requerimento_n_02_-ap_emprego_dos_cobradores_do_transporte_coletivo_-_adriano.doc" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/695/requerimento_n_03_ao_07_-ap_emprego_dos_cobradores_do_transporte_coletivo_-_adriano.doc" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/696/requerimento_n_04_-marcos.doc" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/697/requerimento_n_05_-marcos.doc" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/698/requerimento_n_06_-marcos.doc" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/699/requerimento_n_07_-marcos.doc" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/700/requerimento_n_09-_convoca_secretario_de_financas.doc" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/701/requerimento_n_10-ap_cemiterio_carmem.doc" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/702/requerimento_n_11-ap_cristiano_inss_digital.doc" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/703/requerimento_n_12-ap_reforma_previdenciaria_carmem.doc" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/704/requerimento_n_13_-_maltrato_aos_animais-adriano.doc" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/705/requerimento_n_14_-_edem.doc" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/706/requerimento_n_15_-__lugao.doc" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/707/requerimento_n_16_-__tiago.doc" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/708/requerimento_n_17_-__thiago.doc" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/709/requerimento_n_18_-__tiago.doc" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/710/requerimento_n_19_-_marcos.doc" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/712/requerimento_no_21-mocao_de_aplausos.doc_marcos_da_luz.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/713/requerimento_no_22-mocao_de_aplausos.doc" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/714/requerimento_no_25-_beto_cavaleiro_mocao_de_aplauso.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/715/requerimento_no_28_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/716/requerimento_no_29_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/717/requerimento_no_30_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/718/requerimento_no_31_-_adriano_mocao_aplauso.doc" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/719/requerimento_no_32_-_adriano_mocao_aplauso__comunidade_terapeutica.doc" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/720/requerimento_no_33-audiencia_publica_-_adriano_-_lugao_-_sandro.doc" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/722/requerimento_no_35-audiencia_publica_18_de_maio-_cristiano.doc" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/723/requerimento_no_36-audiencia_publicaviolencia_escolas_publicas_-_cristiano.doc" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/724/requerimento_no_37-audiencia_publica_politica_do_idoso-_cristiano.doc" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/725/requerimento_no_38_-_marcos_edem_thiago.doc" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/726/requerimento_no_39_marcos_thiago_edem.doc" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/727/requerimento_no_40_edem_thiago_marcos.doc" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/728/requerimento_n_41-_adriano.doc" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/729/requerimento_n_43_-cristiano.doc" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/730/requerimento_n_44_-_marcos.doc" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/732/requerimento_n_45_-_mocao_de_aplausos-_francisquini.doc" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/734/requerimento_no_47_-_francisquini__mocao_aplauso_barbearia_caratinga.doc" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/735/requerimento_no_48_-_francisquini__mocao_aplauso_joao_garcia_de_souza.doc" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/736/requerimento_no_49_-_francisquini__mocao_aplauso_ismael_modesto_dos_passos.doc" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/737/requerimento_no_50_-_francisquini__mocao_aplauso_ampliar_instituto_de_educacao.doc" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/738/requerimento_no_51_-_carmem.doc" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/753/requerimento_no_52_-_cristiano.doc" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/754/requerimento_no_53_-_adriano_mocao_aplauso_ze_branco.doc" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/755/requerimento_no_54_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/770/requerimento_no_55-_enviar_oficio_secretario_municipal_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/771/requerimento_no_56-_l_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/772/requerimento_no_57-_ao_sr._gilmar_fava_carrara_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/773/requerimento_no_58-_convidada_a_dra._isabella_filgueiras_gomes_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/774/requerimento_n_59_-__mocao_aplausos_quinto_pelotao_fabriciano__militares.doc" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/775/requerimento_no_60-_edem.doc" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/776/requerimento_no_61-_edem.doc" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/777/requerimento_no_62-_edem.doc" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/778/requerimento_no_63-_edem.doc" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/779/requerimento_no_64-_edem.doc" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/780/requerimento_no_65-_edem.doc" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/781/requerimento_no_68_-_adriano_mocao_aplauso.doc" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/782/requerimento_no_69_-_marcos.doc" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/783/requerimento_no_70_-_marcos.doc" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/784/requerimento_no_71_-_marcos.doc" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/785/requerimento_no_72_-_marcos.doc" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/786/requerimento_no_73_-_marcos.doc" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/787/requerimento_no_74_-__cristiano.doc" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/788/requerimento_no_75_-_edem_comercial_milani.doc" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/789/requerimento_no_76_-_inss_marcos_e_demais.doc" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/790/requerimento_no_77_-marcos.doc" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/791/requerimento_no_78_-marcos.doc" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/792/requerimento_no_79-marcos.doc" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/793/requerimento_no_80-edem.doc" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/794/requerimento_no_81-edem.doc" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/795/requerimento_no_83_-_lugao.doc" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/796/requerimento_no_84_-_lugao.doc" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/797/requerimento_no_85_-_-marcos.doc" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/798/requerimento_n_86_-_eugenio_e_demais.doc" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/799/requerimento_n_87_-_beto_cavaleiro.doc" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/800/requerimento_n_88_-_beto_cavaleiro.doc" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/801/requerimento_no_89_-_mocao_de_aplausos-_francisquini.doc" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/802/requerimento_no_90-_enviar_correspondencia_a__copasa_-_lugao.doc" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/808/requerimento_no_91-_mocao_de_aplausos_-_edem.doc" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/809/requerimento_no_92-_mocao_de_aplausos_-_edem.doc" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/810/requerimento_no_93-_mocao_de_aplausos_-_edem.doc" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/811/requerimento_no_94-_mocao_de_aplausos_-_edem.doc" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/812/requerimento_no_95-_audiencia_publica_-_autismo.doc" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/813/requerimento_no_96_-_mocao_aplausos_francisquini.doc" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/814/requerimento_no_97_-_mocao_aplausos_francisquini.doc" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/815/requerimento_no_98_-_marcos.doc" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/816/requerimento_no_99_-_marcos.doc" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/818/requerimento_no_101_-_marcos.doc" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/819/requerimento_no_102_-_marcos.doc" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/820/requerimento_no_103_-_marcos.doc" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/821/requerimento_no_104_-_rele_mocao_aplauso.doc" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/822/requerimento_no_105_-_rele_-mocao_aplauso.doc" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/823/requerimento_no_106_-_rele_-mocao_aplauso.doc" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/824/requerimento_no_107_-_rele_-mocao_aplauso.doc" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/825/requerimento_no_108_-_rele_-mocao_aplauso.doc" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/826/requerimento_no_109_-_adriano_mocao_aplauso.doc" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/827/requerimento_no_110_-_adriano_mocao_aplauso.doc" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/828/requerimento_no_111_-_adriano_mocao_aplauso.doc" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/829/requerimento_no_112_-_adriano_mocao_aplauso.doc" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/830/requerimento_no_113_-_adriano_mocao_aplauso.doc" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/832/requerimento_no_115_-___ap_as_788__unidades_habitacionais_de_coronel_fabriciano_-_beto_cavaleiro.doc" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/833/requerimento_no_116_-__mocao_de_aplausos_espaco_da_beleza_-_edem.docx" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/834/requerimento_no_117_-_mocao_de_aplausos_-_edem.docx" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/835/requerimento_no_118_-_mocao_de_aplausos_-_edem.docx" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/836/requerimento_no_119_-_mocao_de_aplausos_-_edem.docx" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/837/requerimento_no_120_-_mocao_de_aplausos_-_edem.docx" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/849/requerimento_no_122_-_audiencia_publica_-_fundeb.doc" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/852/requerimento_n_125_-_nao_mexe_no_meu_bb_-_marcos.doc" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/853/requerimento_no_126_-_mocao_de_aplausos_-carmem.doc" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/854/requerimento_n_127-_miltinho_sacolao.doc" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/855/requerimento_no_128_-_adriano_mocao_aplausos_-_grupo_boleros.doc" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/861/requerimento_no_134_-_verbal-__mocao_aplausos_-_francisquini.doc" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/864/requerimento_no_137_-__marcos.doc" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/865/requerimento_no_138_-__marcos.doc" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/866/requerimento_no_139_-__privatizacao_correios_-_marcos.doc" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/867/requerimento_no_140_-__verbal-_mocao_ap._-_francisquini_-_warley_geraldo.doc" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/869/requerimento_no_142_-__verbal-_mocao_ap._-_francisquini_-_noe_alves.doc" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/870/requerimento_no_143_-__verbal-_mocao_ap._-_francisquini_-_olney_ever.doc" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/871/requerimento_no_144_-__verbal-_mocao_ap._-_francisquini_-_paulo_brandiaor.doc" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/874/requerimento_no_147_-__verbal-_mocao_ap._-_francisquini_-_evandro.doc" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/876/requerimento_no_149_-__verbal-_mocao_ap._-_francisquini_-_jofre.doc" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/879/requerimento_no_151_-__verbal-_mocao_ap._-_francisquini_-_jorge_ferreira.doc" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/880/requerimento_no_153_-__verbal-_mocao_ap._-_francisquini_-_enoque.doc" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/881/requerimento_no_154_-__verbal-_mocao_ap._-_adriano_-_paulo_e_elisangela.doc" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/882/requerimento_no_155_-__solicita_prestacao__de_contas_-_lidecel_-_comissao_legislacao.doc" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/885/requerimento_no_158_-__mocao_de_aplausos_-_vair_dias_-_xingo.doc" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/887/requerimento_no_160_-__mocao_de_aplausos_-_cleydson_feliciano_-_xingo.doc" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/888/requerimento_no_161_-__mocao_de_aplausos_-_ronaldo_maia-_xingo.doc" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/889/requerimento_no_162_-__mocao_de_aplausos_-_marilene_fernandes-_xingo.doc" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/890/requerimento_no_163_-__mocao_de_aplausos_-_eliane_silva-_xingo.doc" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/891/requerimento_no_164_-__mocao_de_aplausos_-_marlon_dalta_-_xingo.doc" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/892/requerimento_no_165_-__mocao_de_aplausos_-_warley_pimentel_-_xingo.doc" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/893/requerimento_no_166_-_audiencia_publica_-_edem.doc" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/894/requerimento_no_167_-__mocao_de_aplausos_-_padre_evaldo_-_xingo.doc" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/895/requerimento_no_168_-__mocao_de_aplausos_-_padre_jose_zambom_-_xingo.doc" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/896/requerimento_no_169_-__mocao_de_aplausos_-_padre_ronaldo_toree_-_xingo.doc" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/898/requerimento_no_171_-__mocao_de_aplausos_-_beto.doc" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/903/requerimento_no_176_-__mocao_de_aplausos_-__eliel_-_beto.doc" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/904/requerimento_no_177_-__audiencia_publica_m._urbana_-_adriano_martins.doc" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/905/requerimento_no_178.doc" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/906/requerimento_no_179_-__audiencia_publica_m._urbana_-_adriano_martins.doc" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/907/requerimento_no_180_-__audiencia_publica_educacao_-_adriano_martins.doc" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/911/requerimento_no_184_-__audiencia_publica_politicas_pu_juventude_-_adriano_martins.doc" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/912/requerimento_no_185_-__mocao_de_aplausos_-_marcos.doc" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/913/requerimento_no_186_-__mocao_de_aplausos_-_marcos.doc" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/915/requerimento_no_188_-__mocao_de_aplausos_-_marcos.doc" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/916/requerimento_no_189_-__mocao_de_aplausos_-_marcos.doc" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/918/requerimento_no_191_-__mocao_de_aplausos_-_adriano.doc" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/920/requerimento_no_193-__mocao_de_aplausos_-_rele.doc" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/923/requerimento_no_196_-_mocao_de_aplausos_-_thiago_lucas.doc" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/925/requerimento_no_198_-_mocao_de_aplausos_-_thiago_lucas.doc" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/926/requerimento_no_199_-_mocao_de_aplausos_-_thiago_lucas.doc" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/927/requerimento_no_200_-_mocao_de_aplausos_-_xingozinho.doc" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/928/requerimento_no_201_-_mocao_de_aplausos_-_xingozinho.doc" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/930/requerimento_no_203_-_mocao_de_aplausos_-_xingozinho.doc" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/931/requerimento_no_204_-_mocao_de_aplausos_-_xingozinho.doc" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/932/requerimento_no_205_-_mocao_de_aplausos_-_xingozinho.doc" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/933/requerimento_no_206_-_mocao_de_aplausos_-_xingozinho.doc" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/934/requerimento_no_207_-_mocao_de_aplausos_-_xingozinho.doc" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/935/requerimento_no_208_-_mocao_de_aplausos_-_xingozinho.doc" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/731/indicacao_01-2019_-_edem.doc" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/739/indicacao_02_contencao_e_boca_de_lobo_jk_-_edem.docx" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/740/indicacao_03_-_2019_edem.doc" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/741/indicacao_04-2019_edem-_quebra_mola_sta_terezinha_2.doc" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/742/indicacao_05-2019_-_edem_-_limpeza_dos_poste.doc" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/743/indicacao_06-2019_-_edem_-capina_jk.doc" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/744/indicacao_07-2019_-_edem_-1_orcamento.doc" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/745/indicacao_08-2019_-_edem.doc" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/746/indicacao_09-2019_-miltinho_geloteca.doc" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/747/indicacao_10-2019_-miltinho_pintura_de_amarelinhas.doc" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/748/indicacao_11-2019_-limpeza_das_ruas_-_edem.doc" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/749/indicacao_12-2019_-limpeza_das_ruas_-_edem.doc" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/750/indicacao_13-2019_-_miltinho.doc" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/751/indicacao_14-2019_-_adriano.doc" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/752/indicacao_15-2019_-__iluminacao_floresta.docx" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/768/indicacao_16-2019_-_cmeis_cidade_-_thiago_lucas.docx" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/769/indicacao_17-2019_-_construcao_bueiro_-_thiago_lucas.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/217/pl-2967-_substitutivo_ao_2967-2018_-_altera_lei_complementar_6_operacao_consorciada_maanaim_ouc_-_executivo.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/241/pl-2971-medicos_na_educacao_infantil-_edem.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/240/pl-2972-denominacao_de_lagradouro.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/239/pl-2973-denomina_a_praca_situada_no_bairro_caladinho_-_miltinho_retirado.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/238/pl-2974-dispoe_sobre_denominacao_de_logradouro_publico_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/237/pl-2975-exposicao_de_orquideas_calendario_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/236/pl-2976-regularizacao_area_-_executivo.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/229/pl-2979-passe_livre_para_militares.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/228/pl-2980-_altera_a_lei_m_2.253-90._xingozinho.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/200/pl-2981_-_proibe_obras_municipais_inacabadas_inauguracao_luciano_lugao.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/199/pl-2982_-extingue_cargos_mesa_diretora.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/198/pl-2984-majoracao_percentual_de_suplementacao_-_executivo.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/197/pl-2985_-_alvara_posto_gasolina_luciano_lugao.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/196/pl-2986_-_proibe_contratacao_leimaria_da_penha_xingozinho.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/195/pl-2988-_dispoe_sobre_o_atendimento_preferencial-__carmem.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/194/pl-2989_-_programa_municipal_deincentivo_familiar-beto.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/193/pl-2990-_feira_livre_da_agricultura_familiar-_beto.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/192/pl-2991_-_xingozinho_quarentena.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/191/pl-2992_-_cristiano-_declara_de_utilidade_publica_a_igreja_evangelica_betania.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/190/pl-2993-_beto_cuidados_paliativos.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/189/pl-2994-_beto_costrucao_solidaria.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/188/pl-2995-_beto_-_concessao_de_servico_funerario.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/187/pl-2997-_banco_de_racao_e_utensilios_-_thiago_lucas.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/185/pl-2998-_beto_agrifarm.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/251/pl-3001-_ldo_exercicio_financeiro_2020_-_executivo.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/268/pl-3002-__edem_abril_verde.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/269/pl-3003-dispoe_sobre_denominacao_de_logradouro_publico_-_nelio.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/271/pl-3004-_lidecel_-_executivo.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/273/pl-3005_-_altera_anexo_da_lei_4.153_-_cargos_da_camara.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/276/pl-3006-_altera_lei_4.165_-_cargos_-_mesa_diretora.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/282/pl-3009_-_regularizacao_de_construcoes_-__executivo.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/284/pl-3010_-_denomina_praca_rua_belo_horizonte_-_miltinho_do_sacolao.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/291/pl-3011-_beto_utilidade_publica_associacao_atletica_vale_do_aco.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/292/pl-3012_-_denominacao_ubs_jk_-_eugenio_e_demais.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/293/pl-3013_-_denominacao_de_logradouro_-_eugenio_e_demais.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/151/pl-3014_-_denomina_paco_municipal_-_eugenio_e_demais.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/299/pl-3015_-_denominacao_upa_walter_luiz_maia_-_eugenio_e_demais.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/296/pl-3016_-utilidade_publica_cotivar-_adriano.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/327/pl-3017_-__retirado_atendimento_prioritario_autismo_-_edem.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/328/pl-3018_-_utilizar_vaga_de_autismo_-_edem.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/329/pl-3019-_transito-_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/331/pl-3020_-_logradouro_-_thiago_lucas.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/334/pl-3021_-_logradouro_-_maria_aldir_rangel_teodoro_-_cristiano_do_cais.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/336/pl-3022_-_eliminador_de_ar_abastecimento_de_agua_-_carmen.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/338/pl-3023_-utilidade_publica_aceres-_adriano.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/339/pl-3024_-_dispoe_sobre_denominacao_de_campo_de_futebol_bairro_morada_do_vale_-_adriano.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/340/pl-3025_-utilidade_publica_comunidade_terapeutica_sao_bento_-_adriano.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/341/pl-3026_-_isencao_iptu_-_beto_cavaleiro.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/352/pl-3028_-_marcos_da_luz_-_reduz_jornada_de_trabalho_de_servidor_publico.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/354/pl-3029_-_concede_reajuste_servidores_2019_-_executivo.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/356/pl-3030_-_credito_adicional_-__executivo.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/359/pl-3031.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/361/pl-3033_-_denomina_praca_rua_amazonas_sao_paulo_-_ronilson.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/362/pl-3034_-_altera_a_lei_4.156-_executivo.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/364/pl-3035_-lidecel-_-_executivo.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/366/pl-3036_-_mudanca_de_logradouro_rua_brasilia-_lugao.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/367/pl-3037_-_altera_a_lei_4.163-_executivo.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/371/pl-3038_-_acordos_judiciais__e_estrajudiciais-_executivo.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/158/pl-3039_-_mamografia-_xingozinho.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/372/pl-3040_-_altera_ldo.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/373/pl-3041_-_altera_ppa.doc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/374/pl-3042_-_loa.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/375/pl-3043_-utilidade_publica_associacao_bairro_mangueiras-_adriano.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/376/pl-3044_-carteira_de_identificacao_de_autistas-_beto.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/377/pl-3045_-_dispoe_sobre_desafetacao_de_area_publica_-_executivo.doc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/378/pl-3046_-_declara_de_utilidade_publica_a_primeira_igreja_batista_da_familia_em_coronel_fabriciano_-_adriano.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/379/pl-3047_-_declara_de_utilidade_publica_associacao_de_artesaos_-_thiago_lucas.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/380/pl-3048_-_autoriza_abertura_de_credito_-_vale_alimentacao_legislativo_-_executivo.doc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/381/pl-3049_-_vagas_trabalho_empresas_idade_superior_50_-_canidia.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/382/pl-3050_-_consultas_medicas_e_exames_-_carmem.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/383/pl-3051_-_prorefis.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/385/pl-3053_-__lei_de_parcelamento_ocupacao_e_uso_do_solo_-_executivo_municipal_sumario.doc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/386/pl-3054_-_institui_o_codigo_de_obras__-_executivo_municipal.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/387/pl-3055_-_contratacao_upa_-_edem_almeida.doc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/388/pl-3056_-_declara_de_utilidade_comunidade_teraupeutica_-_luciano_lugao.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/389/pl-3057_-_regularizacao_fundiaria_-_procedimentos_aplicaveis_-_executivo.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/390/pl-3058_-_declaracao_de_utilidade_publica_-_adriano.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/391/pl-3059-_autoriza_executivo_instituir_programa_-_carmem.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/392/pl-3060-__conselho_municipal_de_combate_a_incencios_florestais_-_executivo_municipal.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/393/pl-3061-__altera_lei_4.205_commpud-_executivo_municipal.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/252/pr-1071_-_merito_legislativo_-_eneias_reis_-_adriano.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/250/pr-1072_-_cidadania_honoraria_coronel_aquino_-_xingozinho.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/248/pr-1073_-_washigton_alves_honra_ao_merito_-_xingozinho.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/246/pr-1074_-__honra_ao_merito_-_unileste_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/245/pr-1075_-__mesa_diretora__-_escola_do_legislativo.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/244/pr-1076_-_gratificacao_pregoeiro_labore__-_mesa_diretora.doc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/243/pr-1077-_cargos_-_procon_camara.doc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/242/pr-1078-_altera_regimento.doc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/235/pr-1079_-__projeto_de_resolucao_-_cei_prevcel.doc" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/232/pr-1080_-__projeto_de_resolucao_-_cei_walmir_lage_-_atas.doc" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/230/pr-1081-_diploma_embaixador_da_paz-_paulo__de_almeida_correa.doc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/227/pr-1082_-_honra_ao_merito_elisangela_damasceno_-_dr_sandro.doc" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/226/pr-1083-_alessandra-francisquini.doc" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/225/pr-1084-_medalha_rodrigo_neto_-_nelio.doc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/224/pr-1085-embaixador_da_paz-__nelio.doc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/223/pr-1086_-_xingozinho.doc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/222/pr-1087_-_xingozinho_-_merito_legislativo_fabio_oliveira_pimentel.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/220/pr-1088-_cidadania_honoraria_dr._jorge_caldeira_-_canidia.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/219/pr-1090_-_cidadania_honoraria_-_thiago.doc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/218/pr-1091_-_medalha_do_merito_-_thiago.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/216/pr-1092_-_medalha_rodrigo_neto_-_laercio_antonio_ferreira_araujo.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/215/pr-1093_-_medalha_de_merito_-_sandro.doc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/213/pr-1094_-_cidadania_honoraria_-_sandro.doc" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/212/pr-1095_-_merito_-_cristiano_do_cais.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/211/pr-1096_-_cidadania_honoraria_jose_begati_pereira_-_carmen.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/210/pr-1097_-_diploma_honra_e_merito_ruy_-_edem.doc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/208/pr-1099_-_honra_ao_merito_legislativo_william_ulhoa-_ronilson.doc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/207/pr-1100_-_criacao_do_orgao_oficial_legislativo_mesa.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/205/pr-1102-_prestacao_de_contas_-_2016_arquivado.doc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/204/pr-1103-_cidadania_honoraria_marcelo__-_adriano.doc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/203/pr-1104_-_cidadania_honoraria_renata_ccristiane_lucas_batista_lucca_-_francisquini.doc" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/202/pr-1105_-_medalha_jovens_notorios_fabiana_roberto_de_oliveira_-_francisquini.doc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/201/pr-1106_-_embaixador_da_paz_jackson_douglas_souza_ferreira_-_thiago_lucas.doc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/184/pr-1107_-_cria_cargos_no_ambito_da_camara_municipal_-_mesa_diretora.doc" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/183/pr-1108-_prestacao_de_contas_-_2016.doc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/182/pr-1109-_cidadannia_honoraria_-_cristiano.doc" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/181/pr-1110_-_reajuste_agentes_politicos.docx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/180/pr-1111_-_insitui_auxilio_alimentacao_e_majoracao_adicional_de_ferias_-_servidores_efetivos.docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/179/pr-1112_-embaixador_da_paz_dr._milton_afonso.doc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/178/pr-1113_-_honra_ao_merito_-_francisquini.docx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/177/pr-1114_-merito_legislativo_-_francisquini.docx" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/176/pr-1115_-_rodrigo_neto_-_rele.doc" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/175/pr-1116_-_embaixador_da_paz_-_padre_jose_do_carmo_zambom_-_adriano_martins.doc" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/174/pr-1117-_honra_ao_merito_-_ramon_paz_mendonca_-_adriano_martins.doc" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/173/pr-1118-_cidadania_honoraria_deputado_chales_santos_-_lugao.doc" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/171/pr-1120_-_rodrigo_neto_-_alexsander_martins_pereira__-_lugao.doc" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/170/pr-1121_-_beto_cavaleiro-_maurisson.doc" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/169/pr-1122_-_honra_ao_merito_-_rele.doc" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/168/pr-1123_-_rodrigo_neto_-_antonio_rodrigues_vaz__-_canidia.doc" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/167/pr-1124_-_honra_ao_merito_-_ilderson_roque_vieira_-_nelio_do_abacaxi.doc" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/166/pr-1125_-_medalha_de_superacao_-_ludugerio_rodrigues_de_almeida_-_adriano_martins.doc" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/165/pr-1126_-_honra_ao_merito-_beto.doc" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/164/pr-1127_-_rodrigo_neto-_beto.doc" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/163/pr-1128_-_embaixador_da_paz-_beto.doc" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/162/pr-1129_-_embaixador_da_paz-_lugao.doc" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/161/pr-1130_-_embaixador_da_paz-_xingo.doc" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/160/pr-1131-_merito_desportivo_rodrigo_afonso-_xingozinho.doc" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/143/pr-1132-_honra_ao_merito_-_miltinho.doc" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/142/pr-1133-_embaixador_da_paz_-_miltinho.doc" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/141/pr-1134-_rodrigo_neto_-_miltinho.doc" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/140/pr-1135-_cidadania_honoraria_-_miltinho.doc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/139/pr-1136_-_autoriza_conduzir_veiculos_oficiais_-_mesa.doc" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/138/pr-1137-_rodrigo_neto_-_xingo_felipe_martins.doc" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/137/pr-1138-_concede_cestas_de_natal-mesa.doc" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/136/pr-1139-_rodrigo_neto_-_marcos_da_luz_-_ferando_benedito.doc" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/135/pr-1140_-_autoriza_ausencia_prefeito.doc" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/134/pr-1141-_cidadania_honoraria_clerinho_-_rele.doc" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/133/pr-1142-_paulo_cesar_reis_-_adriano.doc" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/132/pr-1143-_rodrigo_neto_mayara_-_thiago_lucas.doc" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/131/pr-1144-_rodrigo_neto_wesley_augusto_-_eugenio_pascelli.doc" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/130/pr-1145-__honra_ao_merito_-_douglas_prado-_miltinho.doc" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/129/pr-1146_-_eugenio__-_helio_miranda_cidadania_honoraria.doc" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/128/pr-1147-_diploma_embaixador_da_paz-_clodomiro_de_jesus_-_eugenio.doc" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/127/pr-1148_-__honra_ao_merito_-_fernando_silva_-_eugenio_pascelli.doc" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/126/pr-1149-_transferencia_da_sede_-_mesa_diretora.doc" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/125/pr-1150-_embaxador_da_paz_-_edem_juventude_pela_diversidade.doc" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/124/pr-1151-rodrigo_neto_-_edem_-__mateus_cabral.doc" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/123/pr-1152-_cidadania_honoraria_-_edem_-___reinaldo_vieira.doc" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/122/pr-1153_-_merito_legislativo_-_edmar_moreira_-_eugenio.doc" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/121/pr-1154_-_merito_legislativo_-_tadeu_assis_-_edem.doc" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/120/pr-1155-_marcos_da_luz-cidadania_honararia_rogerio_correia.doc" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/119/pr-1156-beto__-_cidadania_honoraria_enio_silveira.doc" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/118/pr-1157-beto__-_merito_desportivo_-mateus_hernani_borges.doc" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/117/pr-1158-_marcos__-_merito_legislativo_-_adolfon_jacob.doc" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/116/pr-1159_-_embaixador_da_paz-_marcos_-_namilton.doc" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/115/pr-1160-_carmen.doc" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/114/pr-1161-_carmen.doc" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/113/pr-1162-_carmen_-_honra_ao_merito.doc" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/112/pr-1163-denomina_sala_de_imprensa_da_camara-_adriano.doc" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/111/pr-1164-_merito_legislativo_-_dr_denner_franco_reis-__cristiano_cais.doc" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/110/pr-1165-_embaixador_da_paz_-_pastor_sandro_ferreira-__cristiano_cais.doc" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/109/pr-1166-_embaixador_da_paz_-_wander_luis_de_oliveira-__rele.doc" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/108/pr-1167-_embaixador_da_paz_-_-__sandro.doc" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/107/pr-1168-_rodrigo_neto_-_fabio_pimentel_-_sandro.doc" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/106/pr-1169-_carmen_-_meritolegislativo_-_valia_rolim.doc" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/105/pr-1170-_rodrigo_neto_-_lugao.doc" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/104/pr-1171-merito_legislativo_-_fabiana_-_nelio.doc" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/103/pr-1172_-_medalha_rodrigo_neto_juninho_araujo_-_adriano.doc" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/102/pr-1173_-_medalha_rodrigo_neto_daniel_fernandes_lopes_-_cristiano_do_cais.doc" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/101/pr-1174_-_institui_a_jornada_especial_para_os_servidores_do_poder_legislativo_-_mesa_diretora.doc" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/100/pr-1175_-_prestacao_de_contas_-_2017.doc" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/99/pr-1176_-_honra_ao_merito_-_lugao.doc" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/98/pr-1177-_servidores_cedidos.doc" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/693/requerimento_n_01_-ap_presidio_-_beto.doc" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/694/requerimento_n_02_-ap_emprego_dos_cobradores_do_transporte_coletivo_-_adriano.doc" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/695/requerimento_n_03_ao_07_-ap_emprego_dos_cobradores_do_transporte_coletivo_-_adriano.doc" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/696/requerimento_n_04_-marcos.doc" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/697/requerimento_n_05_-marcos.doc" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/698/requerimento_n_06_-marcos.doc" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/699/requerimento_n_07_-marcos.doc" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/700/requerimento_n_09-_convoca_secretario_de_financas.doc" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/701/requerimento_n_10-ap_cemiterio_carmem.doc" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/702/requerimento_n_11-ap_cristiano_inss_digital.doc" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/703/requerimento_n_12-ap_reforma_previdenciaria_carmem.doc" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/704/requerimento_n_13_-_maltrato_aos_animais-adriano.doc" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/705/requerimento_n_14_-_edem.doc" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/706/requerimento_n_15_-__lugao.doc" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/707/requerimento_n_16_-__tiago.doc" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/708/requerimento_n_17_-__thiago.doc" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/709/requerimento_n_18_-__tiago.doc" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/710/requerimento_n_19_-_marcos.doc" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/712/requerimento_no_21-mocao_de_aplausos.doc_marcos_da_luz.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/713/requerimento_no_22-mocao_de_aplausos.doc" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/714/requerimento_no_25-_beto_cavaleiro_mocao_de_aplauso.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/715/requerimento_no_28_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/716/requerimento_no_29_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/717/requerimento_no_30_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/718/requerimento_no_31_-_adriano_mocao_aplauso.doc" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/719/requerimento_no_32_-_adriano_mocao_aplauso__comunidade_terapeutica.doc" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/720/requerimento_no_33-audiencia_publica_-_adriano_-_lugao_-_sandro.doc" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/722/requerimento_no_35-audiencia_publica_18_de_maio-_cristiano.doc" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/723/requerimento_no_36-audiencia_publicaviolencia_escolas_publicas_-_cristiano.doc" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/724/requerimento_no_37-audiencia_publica_politica_do_idoso-_cristiano.doc" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/725/requerimento_no_38_-_marcos_edem_thiago.doc" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/726/requerimento_no_39_marcos_thiago_edem.doc" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/727/requerimento_no_40_edem_thiago_marcos.doc" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/728/requerimento_n_41-_adriano.doc" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/729/requerimento_n_43_-cristiano.doc" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/730/requerimento_n_44_-_marcos.doc" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/732/requerimento_n_45_-_mocao_de_aplausos-_francisquini.doc" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/734/requerimento_no_47_-_francisquini__mocao_aplauso_barbearia_caratinga.doc" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/735/requerimento_no_48_-_francisquini__mocao_aplauso_joao_garcia_de_souza.doc" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/736/requerimento_no_49_-_francisquini__mocao_aplauso_ismael_modesto_dos_passos.doc" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/737/requerimento_no_50_-_francisquini__mocao_aplauso_ampliar_instituto_de_educacao.doc" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/738/requerimento_no_51_-_carmem.doc" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/753/requerimento_no_52_-_cristiano.doc" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/754/requerimento_no_53_-_adriano_mocao_aplauso_ze_branco.doc" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/755/requerimento_no_54_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/770/requerimento_no_55-_enviar_oficio_secretario_municipal_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/771/requerimento_no_56-_l_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/772/requerimento_no_57-_ao_sr._gilmar_fava_carrara_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/773/requerimento_no_58-_convidada_a_dra._isabella_filgueiras_gomes_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/774/requerimento_n_59_-__mocao_aplausos_quinto_pelotao_fabriciano__militares.doc" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/775/requerimento_no_60-_edem.doc" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/776/requerimento_no_61-_edem.doc" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/777/requerimento_no_62-_edem.doc" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/778/requerimento_no_63-_edem.doc" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/779/requerimento_no_64-_edem.doc" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/780/requerimento_no_65-_edem.doc" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/781/requerimento_no_68_-_adriano_mocao_aplauso.doc" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/782/requerimento_no_69_-_marcos.doc" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/783/requerimento_no_70_-_marcos.doc" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/784/requerimento_no_71_-_marcos.doc" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/785/requerimento_no_72_-_marcos.doc" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/786/requerimento_no_73_-_marcos.doc" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/787/requerimento_no_74_-__cristiano.doc" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/788/requerimento_no_75_-_edem_comercial_milani.doc" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/789/requerimento_no_76_-_inss_marcos_e_demais.doc" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/790/requerimento_no_77_-marcos.doc" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/791/requerimento_no_78_-marcos.doc" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/792/requerimento_no_79-marcos.doc" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/793/requerimento_no_80-edem.doc" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/794/requerimento_no_81-edem.doc" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/795/requerimento_no_83_-_lugao.doc" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/796/requerimento_no_84_-_lugao.doc" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/797/requerimento_no_85_-_-marcos.doc" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/798/requerimento_n_86_-_eugenio_e_demais.doc" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/799/requerimento_n_87_-_beto_cavaleiro.doc" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/800/requerimento_n_88_-_beto_cavaleiro.doc" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/801/requerimento_no_89_-_mocao_de_aplausos-_francisquini.doc" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/802/requerimento_no_90-_enviar_correspondencia_a__copasa_-_lugao.doc" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/808/requerimento_no_91-_mocao_de_aplausos_-_edem.doc" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/809/requerimento_no_92-_mocao_de_aplausos_-_edem.doc" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/810/requerimento_no_93-_mocao_de_aplausos_-_edem.doc" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/811/requerimento_no_94-_mocao_de_aplausos_-_edem.doc" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/812/requerimento_no_95-_audiencia_publica_-_autismo.doc" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/813/requerimento_no_96_-_mocao_aplausos_francisquini.doc" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/814/requerimento_no_97_-_mocao_aplausos_francisquini.doc" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/815/requerimento_no_98_-_marcos.doc" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/816/requerimento_no_99_-_marcos.doc" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/818/requerimento_no_101_-_marcos.doc" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/819/requerimento_no_102_-_marcos.doc" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/820/requerimento_no_103_-_marcos.doc" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/821/requerimento_no_104_-_rele_mocao_aplauso.doc" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/822/requerimento_no_105_-_rele_-mocao_aplauso.doc" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/823/requerimento_no_106_-_rele_-mocao_aplauso.doc" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/824/requerimento_no_107_-_rele_-mocao_aplauso.doc" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/825/requerimento_no_108_-_rele_-mocao_aplauso.doc" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/826/requerimento_no_109_-_adriano_mocao_aplauso.doc" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/827/requerimento_no_110_-_adriano_mocao_aplauso.doc" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/828/requerimento_no_111_-_adriano_mocao_aplauso.doc" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/829/requerimento_no_112_-_adriano_mocao_aplauso.doc" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/830/requerimento_no_113_-_adriano_mocao_aplauso.doc" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/832/requerimento_no_115_-___ap_as_788__unidades_habitacionais_de_coronel_fabriciano_-_beto_cavaleiro.doc" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/833/requerimento_no_116_-__mocao_de_aplausos_espaco_da_beleza_-_edem.docx" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/834/requerimento_no_117_-_mocao_de_aplausos_-_edem.docx" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/835/requerimento_no_118_-_mocao_de_aplausos_-_edem.docx" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/836/requerimento_no_119_-_mocao_de_aplausos_-_edem.docx" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/837/requerimento_no_120_-_mocao_de_aplausos_-_edem.docx" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/849/requerimento_no_122_-_audiencia_publica_-_fundeb.doc" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/852/requerimento_n_125_-_nao_mexe_no_meu_bb_-_marcos.doc" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/853/requerimento_no_126_-_mocao_de_aplausos_-carmem.doc" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/854/requerimento_n_127-_miltinho_sacolao.doc" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/855/requerimento_no_128_-_adriano_mocao_aplausos_-_grupo_boleros.doc" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/861/requerimento_no_134_-_verbal-__mocao_aplausos_-_francisquini.doc" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/864/requerimento_no_137_-__marcos.doc" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/865/requerimento_no_138_-__marcos.doc" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/866/requerimento_no_139_-__privatizacao_correios_-_marcos.doc" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/867/requerimento_no_140_-__verbal-_mocao_ap._-_francisquini_-_warley_geraldo.doc" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/869/requerimento_no_142_-__verbal-_mocao_ap._-_francisquini_-_noe_alves.doc" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/870/requerimento_no_143_-__verbal-_mocao_ap._-_francisquini_-_olney_ever.doc" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/871/requerimento_no_144_-__verbal-_mocao_ap._-_francisquini_-_paulo_brandiaor.doc" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/874/requerimento_no_147_-__verbal-_mocao_ap._-_francisquini_-_evandro.doc" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/876/requerimento_no_149_-__verbal-_mocao_ap._-_francisquini_-_jofre.doc" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/879/requerimento_no_151_-__verbal-_mocao_ap._-_francisquini_-_jorge_ferreira.doc" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/880/requerimento_no_153_-__verbal-_mocao_ap._-_francisquini_-_enoque.doc" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/881/requerimento_no_154_-__verbal-_mocao_ap._-_adriano_-_paulo_e_elisangela.doc" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/882/requerimento_no_155_-__solicita_prestacao__de_contas_-_lidecel_-_comissao_legislacao.doc" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/885/requerimento_no_158_-__mocao_de_aplausos_-_vair_dias_-_xingo.doc" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/887/requerimento_no_160_-__mocao_de_aplausos_-_cleydson_feliciano_-_xingo.doc" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/888/requerimento_no_161_-__mocao_de_aplausos_-_ronaldo_maia-_xingo.doc" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/889/requerimento_no_162_-__mocao_de_aplausos_-_marilene_fernandes-_xingo.doc" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/890/requerimento_no_163_-__mocao_de_aplausos_-_eliane_silva-_xingo.doc" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/891/requerimento_no_164_-__mocao_de_aplausos_-_marlon_dalta_-_xingo.doc" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/892/requerimento_no_165_-__mocao_de_aplausos_-_warley_pimentel_-_xingo.doc" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/893/requerimento_no_166_-_audiencia_publica_-_edem.doc" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/894/requerimento_no_167_-__mocao_de_aplausos_-_padre_evaldo_-_xingo.doc" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/895/requerimento_no_168_-__mocao_de_aplausos_-_padre_jose_zambom_-_xingo.doc" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/896/requerimento_no_169_-__mocao_de_aplausos_-_padre_ronaldo_toree_-_xingo.doc" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/898/requerimento_no_171_-__mocao_de_aplausos_-_beto.doc" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/903/requerimento_no_176_-__mocao_de_aplausos_-__eliel_-_beto.doc" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/904/requerimento_no_177_-__audiencia_publica_m._urbana_-_adriano_martins.doc" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/905/requerimento_no_178.doc" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/906/requerimento_no_179_-__audiencia_publica_m._urbana_-_adriano_martins.doc" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/907/requerimento_no_180_-__audiencia_publica_educacao_-_adriano_martins.doc" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/911/requerimento_no_184_-__audiencia_publica_politicas_pu_juventude_-_adriano_martins.doc" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/912/requerimento_no_185_-__mocao_de_aplausos_-_marcos.doc" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/913/requerimento_no_186_-__mocao_de_aplausos_-_marcos.doc" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/915/requerimento_no_188_-__mocao_de_aplausos_-_marcos.doc" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/916/requerimento_no_189_-__mocao_de_aplausos_-_marcos.doc" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/918/requerimento_no_191_-__mocao_de_aplausos_-_adriano.doc" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/920/requerimento_no_193-__mocao_de_aplausos_-_rele.doc" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/923/requerimento_no_196_-_mocao_de_aplausos_-_thiago_lucas.doc" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/925/requerimento_no_198_-_mocao_de_aplausos_-_thiago_lucas.doc" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/926/requerimento_no_199_-_mocao_de_aplausos_-_thiago_lucas.doc" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/927/requerimento_no_200_-_mocao_de_aplausos_-_xingozinho.doc" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/928/requerimento_no_201_-_mocao_de_aplausos_-_xingozinho.doc" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/930/requerimento_no_203_-_mocao_de_aplausos_-_xingozinho.doc" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/931/requerimento_no_204_-_mocao_de_aplausos_-_xingozinho.doc" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/932/requerimento_no_205_-_mocao_de_aplausos_-_xingozinho.doc" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/933/requerimento_no_206_-_mocao_de_aplausos_-_xingozinho.doc" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/934/requerimento_no_207_-_mocao_de_aplausos_-_xingozinho.doc" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/935/requerimento_no_208_-_mocao_de_aplausos_-_xingozinho.doc" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/731/indicacao_01-2019_-_edem.doc" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/739/indicacao_02_contencao_e_boca_de_lobo_jk_-_edem.docx" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/740/indicacao_03_-_2019_edem.doc" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/741/indicacao_04-2019_edem-_quebra_mola_sta_terezinha_2.doc" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/742/indicacao_05-2019_-_edem_-_limpeza_dos_poste.doc" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/743/indicacao_06-2019_-_edem_-capina_jk.doc" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/744/indicacao_07-2019_-_edem_-1_orcamento.doc" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/745/indicacao_08-2019_-_edem.doc" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/746/indicacao_09-2019_-miltinho_geloteca.doc" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/747/indicacao_10-2019_-miltinho_pintura_de_amarelinhas.doc" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/748/indicacao_11-2019_-limpeza_das_ruas_-_edem.doc" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/749/indicacao_12-2019_-limpeza_das_ruas_-_edem.doc" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/750/indicacao_13-2019_-_miltinho.doc" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/751/indicacao_14-2019_-_adriano.doc" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/752/indicacao_15-2019_-__iluminacao_floresta.docx" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/768/indicacao_16-2019_-_cmeis_cidade_-_thiago_lucas.docx" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2019/769/indicacao_17-2019_-_construcao_bueiro_-_thiago_lucas.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H414"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="240.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="187.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="186.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>