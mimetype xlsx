--- v0 (2026-02-10)
+++ v1 (2026-03-27)
@@ -54,2115 +54,2115 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/601/pl-2911_-_reajuste_servidores_camara_municipal-mesa_diretora.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/601/pl-2911_-_reajuste_servidores_camara_municipal-mesa_diretora.doc</t>
   </si>
   <si>
     <t>“Concede revisão geral anual dos vencimentos dos servidores efetivos do Poder Legislativo Municipal”.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
     <t>2877</t>
   </si>
   <si>
     <t>BETO CAVALEIRO</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/664/pl_-2877-_projeto_concessao_de_estacionamento_rotativo_-_beto_cavaleiro.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/664/pl_-2877-_projeto_concessao_de_estacionamento_rotativo_-_beto_cavaleiro.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre a regulamentação e concessão do Sistema de Estacionamento Rotativo - Eletrônico – Pago de veículos, nas vias e logradouros públicos do Município de Coronel Fabriciano e dá outras providências.”</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
     <t>2878</t>
   </si>
   <si>
     <t>Xingozinho</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/665/pl_-2878_-_fogos_de_artificio_-_xingozinho.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/665/pl_-2878_-_fogos_de_artificio_-_xingozinho.doc</t>
   </si>
   <si>
     <t>“Proíbe o uso de fogos de artifício com estampido no Município de Coronel Fabriciano e dá outras providências.”</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
     <t>2879</t>
   </si>
   <si>
     <t>Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/666/pl_-2879-_autorizacao_contratacao_temporaria_-_executivo.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/666/pl_-2879-_autorizacao_contratacao_temporaria_-_executivo.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre a criação de cargos e a autorização de contratação temporária de pessoal para atender às necessidades por tempo limitado de excepcional interesse público, nos termos do inciso IX do artigo 37 da Constituição Federal e dá outras Providências”.</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
     <t>2880</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/667/pl_-2880-_autorizacao_contratacao_temporaria_educacao-_executivo.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/667/pl_-2880-_autorizacao_contratacao_temporaria_educacao-_executivo.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre a criação de cargos e a contratação temporária de pessoal para atender às necessidades por tempo limitado de excepcional interesse público, nos termos do inciso IX do artigo 37 da Constituição Federal e dá outras Providências”.</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
     <t>2881</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/668/pl_-2881-_doacao_kits_natalino-_executivo.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/668/pl_-2881-_doacao_kits_natalino-_executivo.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre autorização ao chefe do Executivo a proceder a doação dos kits natalinos não reclamados pelos servidores públicos municipais no prazo de 30 (trinta) dias”.</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
     <t>2882</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/669/pl_-2882-_projeto_concessao_de_estacionamento_em_frente_padarias_farmacia_-_beto_cavaleiro.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/669/pl_-2882-_projeto_concessao_de_estacionamento_em_frente_padarias_farmacia_-_beto_cavaleiro.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre o estacionamento gratuito de veículo de cliente em frente a padarias, açougues e farmácias existentes no Município de Coronel Fabriciano e dá outras providências”.</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
     <t>2883</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/670/pl_-2883-_cargos_-_mesa_diretora.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/670/pl_-2883-_cargos_-_mesa_diretora.doc</t>
   </si>
   <si>
     <t>“Altera a Lei 4.153 de 11 de dezembro de 2017 que dispõe sobre a estrutura de Direção, Chefia e Assessoramento dos Quadros em Comissão da Câmara Municipal de Coronel Fabriciano-MG”</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
     <t>2884</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/671/pl_-2884-_abertura_de_credito_adicional_especial_-_executivo.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/671/pl_-2884-_abertura_de_credito_adicional_especial_-_executivo.doc</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL.”.</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
     <t>2885</t>
   </si>
   <si>
     <t>ADRIANO MARTINS DE OLIVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/672/pl-2885-_denominacao_de_logradouro_dona_estrogilda_martins_de_medeiros_-_adriano.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/672/pl-2885-_denominacao_de_logradouro_dona_estrogilda_martins_de_medeiros_-_adriano.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre denominação de logradouro público no Bairro Nossa Senhora da Penha”.</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
     <t>2887</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/673/pl-2887-_regulamentacao_sistema_rotativo_de_estacionamento_-_beto_cavaleiro.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/673/pl-2887-_regulamentacao_sistema_rotativo_de_estacionamento_-_beto_cavaleiro.doc</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
     <t>2888</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/674/pl-2888-_abertura_de_credito_adicional-_executivo_municipal.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/674/pl-2888-_abertura_de_credito_adicional-_executivo_municipal.doc</t>
   </si>
   <si>
     <t>“Autoriza Abertura de Crédito Adicional Especial”</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
     <t>2889</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/675/pl_-2884-_abertura_de_credito_adicional_especial_-_executivo.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/675/pl_-2884-_abertura_de_credito_adicional_especial_-_executivo.doc</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
     <t>2890</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/676/pl-2890-__abertura_adicional_especial_-_executivo_municipal.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/676/pl-2890-__abertura_adicional_especial_-_executivo_municipal.doc</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
     <t>2891</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/677/pl-2891-_repasse_social-_executivo.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/677/pl-2891-_repasse_social-_executivo.doc</t>
   </si>
   <si>
     <t>“Autoriza o Município de Coronel Fabriciano a firmar convênio de repasse de recurso financeiro com o SOCIAL FUTEBOL CLUBE e dá outras providências”.</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
     <t>2892</t>
   </si>
   <si>
     <t>Enéias  Reis</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/678/pl-2892-_declaracao_utilidade_publica_-_eneias.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/678/pl-2892-_declaracao_utilidade_publica_-_eneias.doc</t>
   </si>
   <si>
     <t>Declara de utilidade pública a Associação dos Moradores do bairro São Vicente e Córrego dos Camilos,</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
     <t>2893</t>
   </si>
   <si>
     <t>RONILSON BURRINHO</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/567/pl-2893-revoga_lei_3.617-2011_denominacao_logradouro-ronilson.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/567/pl-2893-revoga_lei_3.617-2011_denominacao_logradouro-ronilson.doc</t>
   </si>
   <si>
     <t>“Revoga a Lei Municipal nº 3.617 de 20 de maio de 2011.”</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
     <t>2894</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/</t>
   </si>
   <si>
     <t>“Altera o Código Tributário Municipal e dá outras providências”.</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
     <t>2895</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/569/pl-2895_-_apae-_executivo.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/569/pl-2895_-_apae-_executivo.doc</t>
   </si>
   <si>
     <t>Autoriza o poder executivo municipal a celebrar convenio com ASSOCIAÇÃO DE PAIS AMIGOS DOS EXCEPCIONAIS DE CORONEL FABRICI-ANO – APAE, através do Fundo Municipal de Saúde do Município de Coronel Fabriciano/MG.</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
     <t>2896</t>
   </si>
   <si>
     <t>THIAGO LUCAS</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/570/pl-2896_-_licoes_de_primeiros_socorros_-thiago.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/570/pl-2896_-_licoes_de_primeiros_socorros_-thiago.doc</t>
   </si>
   <si>
     <t>“Autoriza o Executivo Municipal a implantar o programa lições de primeiros socorros na  rede escolar municipal de Coronel Fabriciano e dá outras providências.</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
     <t>2897</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/572/pl-2897_-_assistencia_nas_ubs_-_carmem.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/572/pl-2897_-_assistencia_nas_ubs_-_carmem.doc</t>
   </si>
   <si>
     <t>“Autoriza o Chefe do Executivo a implementar o Profissional de  Assistência Social nas Unidades Básicas de Saúde de Coronel Fabriciano.”</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
     <t>2898</t>
   </si>
   <si>
     <t>– Carmem do Sinttrocel</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/574/pl-2898_-_assistencia_nas_escolas_publicas_-_carmem.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/574/pl-2898_-_assistencia_nas_escolas_publicas_-_carmem.doc</t>
   </si>
   <si>
     <t>“Autoriza o Chefe do Executivo a implementar o Profissional  Assistência Social nas escolas Públicas de Coronel Fabriciano.”</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>2899</t>
   </si>
   <si>
     <t>“Torna obrigatório, no município de Coronel Fabriciano, que o poder público municipal proíba a divulgação ou acesso de crianças e adolescentes a imagens, músicas, textos pornográficos ou obscenos e dá outras providências.”</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
     <t>2900</t>
   </si>
   <si>
     <t>Dispõe sobre diárias de viagem aos Servidores e Vereadores da Câmara Municipal, revoga a Lei Municipal nº 3.745/2012 e dá outras providências.</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
     <t>2901</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/578/pl-2901_-_fixacao_salario_diretor_geral_da_camara.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/578/pl-2901_-_fixacao_salario_diretor_geral_da_camara.doc</t>
   </si>
   <si>
     <t>“Fixa salário do cargo de Diretor Geral da Câmara Municipal de Coronel Fabriciano”.</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
     <t>2902</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/579/pl-2902_-_fixacao_valor_gratificacao_pregoeiro.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/579/pl-2902_-_fixacao_valor_gratificacao_pregoeiro.doc</t>
   </si>
   <si>
     <t>“Fixa valor da gratificação especial de pregoeiro da Câmara Municipal de Coronel Fabriciano”.</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
     <t>2903</t>
   </si>
   <si>
     <t>LUGÃO</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/580/pl-2903_-_denomina_centro_administrativo_municipal.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/580/pl-2903_-_denomina_centro_administrativo_municipal.doc</t>
   </si>
   <si>
     <t>Denomina “Centro Administrativo Municipal Dom Lélis Lara” o prédio da antiga “Fundação de Saúde”.</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
     <t>2904</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/582/pl-2904_-_autoriza_o_chefe_do_executivo_a_implementar_o_projeto_de_lei_quintas_podutivos-mulheres_em_redes_de_colaboracao_solidariaalenativa_que_gera_vida_e_renda.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/582/pl-2904_-_autoriza_o_chefe_do_executivo_a_implementar_o_projeto_de_lei_quintas_podutivos-mulheres_em_redes_de_colaboracao_solidariaalenativa_que_gera_vida_e_renda.doc</t>
   </si>
   <si>
     <t>“Autoriza o Chefe do Executivo a implementar o Projeto de Lei Quintais Produtivos – Mulheres em Redes de Colaboração Solidária, Alternativa que gera Vida e Renda de Coronel Fabriciano.”</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
     <t>2905</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/584/pl-2905_-_doacao_terreno_maconaria_-_executivo.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/584/pl-2905_-_doacao_terreno_maconaria_-_executivo.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre doação de Área Pública para a Loja Maçônica Paraíso e Liberdade e Loja Maçônica União e Justiça de Coronel Fabriciano/MG”</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
     <t>2906</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/585/pl-2906_-_participacao_consorcio_intermunicipal_multissetorial_do_medio_rio_piracicaba_-_consmepi-_executivo.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/585/pl-2906_-_participacao_consorcio_intermunicipal_multissetorial_do_medio_rio_piracicaba_-_consmepi-_executivo.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre autorização para a participação do Município no Consórcio Intermunicipal Multissetorial do Médio Rio Piracicaba - -CONSMEPI e dá outras providências.”</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
     <t>2907</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/589/pl-2907_-_faixa_azul-_carmem.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/589/pl-2907_-_faixa_azul-_carmem.doc</t>
   </si>
   <si>
     <t>“Autoriza o Chefe do Executivo a implementar para que todo cidadão que fizer compras no comercio de Coronel Fabriciano e apresentar a nota fiscal ou o comprovante de compra ficará isento do Faixa Azul.”</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
     <t>2908</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/590/pl-2908_-__casamento_comunitario_-thiago.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/590/pl-2908_-__casamento_comunitario_-thiago.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre casamento comunitário no município de Coronel Fabriciano e dá outras providências.”</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
     <t>2909</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/594/pl-2909_-_autorizacao_pagamento_de_despesas_do_hospital-_executivo.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/594/pl-2909_-_autorizacao_pagamento_de_despesas_do_hospital-_executivo.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre autorização para o pagamento de despesas do Hospital Dr. José Maria Morais e outras não empenhadas e processadas no exercício próprio como despesas de exercício anterior e dá outras providências”.</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
     <t>2910</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/595/pl-2910_-_ldo-_executivo.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/595/pl-2910_-_ldo-_executivo.doc</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da lei orçamentária de 2019 e dá outras providências.</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
     <t>2912</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/602/pl-2912_-utilidade__associacao_geracao-_adriano.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/602/pl-2912_-utilidade__associacao_geracao-_adriano.doc</t>
   </si>
   <si>
     <t>“Declara de Utilidade Pública a Associação Geração.”</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
     <t>2913</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/603/pl-2913_-_banco_doacao_de_alimentos.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/603/pl-2913_-_banco_doacao_de_alimentos.doc</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA MUNICIPAL DE INCENTIVO À DOAÇÃO DE ALIMENTOS – BANCO DE ALIMENTOS E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
     <t>2915</t>
   </si>
   <si>
     <t>RONILSON BURRINHO, Dr. Sandro</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/605/pl-2915_-_mexa-se_-_ronilson_e_sandro.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/605/pl-2915_-_mexa-se_-_ronilson_e_sandro.doc</t>
   </si>
   <si>
     <t>“Institui o Programa “Mexa-se – Hábitos de Vida Saudável” no município de Coronel Fabriciano.”</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
     <t>2916</t>
   </si>
   <si>
     <t>Marcos da Luz</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/606/pl-2916-altera_denominacao_de_via_publica_na_sede_do_municipio-_marcos_da_luz.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/606/pl-2916-altera_denominacao_de_via_publica_na_sede_do_municipio-_marcos_da_luz.doc</t>
   </si>
   <si>
     <t>"Dispõe sobre denominação de logradouro"</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
     <t>2917</t>
   </si>
   <si>
     <t>“Declara de utilidade pública o “Projeto Social Vida e Valores.”</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
     <t>2918</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/608/pl-2918_-concede_isencao_de_iptu_aos_templos_religiosos_que_nao_tem_sede_propria-luciano_ronilson_adriano.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/608/pl-2918_-concede_isencao_de_iptu_aos_templos_religiosos_que_nao_tem_sede_propria-luciano_ronilson_adriano.doc</t>
   </si>
   <si>
     <t>"Dispõe sobre concessão de isenção do pagamento de IPTU aos imóveis locados por templos religiosos e entidades filantrópicas conforme especifica e dá outras providências."</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
     <t>2920</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/609/pl-2920_-_denomina_centroempreendedorismo_dom_lelis_lara.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/609/pl-2920_-_denomina_centroempreendedorismo_dom_lelis_lara.doc</t>
   </si>
   <si>
     <t>“Denomina “Centro de Empreendedorismo, Turismo e Cultura Dom Lélis Lara” o prédio situado na Rua Dr. Querubino, nº 342 – Centro, Coronel Fabriciano”.</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
     <t>2921</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/610/pl-2921_-__politica_municipal_de_segurnaca_e_nutricional-_executivo.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/610/pl-2921_-__politica_municipal_de_segurnaca_e_nutricional-_executivo.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a Política Municipal de Segurança Alimentar e Nutricional e organiza o Sistema Nacional de Segurança Alimentar e Nutricional no âmbito do Município.</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
     <t>2922</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/618/pl-2922_-__cria_conselho_desenvolvimento_economico-_executivo.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/618/pl-2922_-__cria_conselho_desenvolvimento_economico-_executivo.doc</t>
   </si>
   <si>
     <t>“Cria o Conselho Municipal de Desenvolvimento Econômico e dá outras providências”.</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
     <t>2925</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/619/pl-2925_-_blitz_do_ipva_-_beto_cavaleiro.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/619/pl-2925_-_blitz_do_ipva_-_beto_cavaleiro.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre a proibição de “BLITZ DO IPVA” no âmbito do Município de Coronel Fabriciano e dá outras providências.”</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
     <t>2926</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/620/pl-2926_-convenio_executivo.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/620/pl-2926_-convenio_executivo.doc</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a celebrar convênio com  o Tribunal de Justiça de Minas Gerais.”</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
     <t>2927</t>
   </si>
   <si>
     <t>“Altera a Lei n. 3.396, de 11 de fevereiro de 2008, que dispõe sobre o Regime Próprio de Previdência do Município e sobre a Unidade Gestora e dá outras providências.”</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
     <t>2928</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/622/pl-2928_-_convenio_com_tjmg_-_executivo.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/622/pl-2928_-_convenio_com_tjmg_-_executivo.doc</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a celebrar convênio com o Tribunal de Justiça de Minas Gerais.”</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
     <t>2929</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/623/pl-2929_-_reajuste_servidores_municipais_-_executivo.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/623/pl-2929_-_reajuste_servidores_municipais_-_executivo.doc</t>
   </si>
   <si>
     <t>“Concede reajuste aos Servidores Públicos Municipais de Coronel Fabriciano/MG e dá outras providências”.</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
     <t>2930</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/624/pl-2930_-_lidecel_-_executivo.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/624/pl-2930_-_lidecel_-_executivo.doc</t>
   </si>
   <si>
     <t>Dispõe sobre o repasse de contribuição à LIDECEL e dá outras providências.</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
     <t>2931</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/625/pl-2931_-_refis_-_executivo.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/625/pl-2931_-_refis_-_executivo.doc</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a conceder, por meio de programa específico e temporário de recuperação fiscal (REFIS), descontos para pagamento, à vista ou parcelado, de créditos em favor do Município, e dá outras providências.”.</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
     <t>2932</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/626/pl-2932_-_mudanca_de_logradouro_-_carmem.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/626/pl-2932_-_mudanca_de_logradouro_-_carmem.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre mudança de denominação de logradouro público no Bairro Frederico Ozanan e implantação de CEP na referida Rua do Município”.</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
     <t>2933</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/627/pl-2933_-_padaria_comunitaria_-_carmen.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/627/pl-2933_-_padaria_comunitaria_-_carmen.doc</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo a Implementar “Padaria Comunitária” na Cidade de Coronel Fabriciano.</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
     <t>2934</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/628/pl-2934_-_horta_comunitaria_-_carmen.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/628/pl-2934_-_horta_comunitaria_-_carmen.doc</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo a Implementar “HORTA COMUNITÁRIA NA COMUNIDADE” do bairro Fazendinha em Coronel Fabriciano.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
     <t>2935</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/629/pl-2935_-_executivo_municipal.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/629/pl-2935_-_executivo_municipal.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre doação de Área Pública para a Câmara Municipal de Coronel Fabriciano/Mg”.</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
     <t>2936</t>
   </si>
   <si>
     <t>Sargento Francisquni</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/630/pl-2936_-_institui_e_inclui_no_calendario_municipal_o_dia_do_policial_militar_25_de_agosto-_francisquini.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/630/pl-2936_-_institui_e_inclui_no_calendario_municipal_o_dia_do_policial_militar_25_de_agosto-_francisquini.doc</t>
   </si>
   <si>
     <t>“INSTITUI e inclui no calendário oficial de eventos do Município a Semana Municipal do Policial Militar’’.</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
     <t>2937</t>
   </si>
   <si>
     <t>"Dispõe sobre denominação de logradouro público neste Município".</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
     <t>2938</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/632/pl-2938_-_denominacao_de_logradouro_-_paulo_antunes.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/632/pl-2938_-_denominacao_de_logradouro_-_paulo_antunes.doc</t>
   </si>
   <si>
     <t>“Denomina-se Unidade Básica de Saúde Marcelo Morais Albeny, UBS do Bairro JK.”</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
     <t>2939</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/633/pl-2939_-_denominacao_de_logradouro_-_paulo_antunes.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/633/pl-2939_-_denominacao_de_logradouro_-_paulo_antunes.doc</t>
   </si>
   <si>
     <t>Denomina “Núcleo Administrativo Amilar Pinto de Lima” o prédio da antiga “Fundação”.</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
     <t>2940</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/634/pl-2940_-_comtur_-_executivo.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/634/pl-2940_-_comtur_-_executivo.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre a alteração das Leis 2855 de 21 de março de 2000, Lei 3.756, de 19 de dezembro de 2012, Lei 3.771, de 07 de março de 2013 e dá outras providências”.</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
     <t>2941</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/635/pl-2941_-_credito_adicional_especial-_executivo.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/635/pl-2941_-_credito_adicional_especial-_executivo.doc</t>
   </si>
   <si>
     <t>“Altera a Lei nº 4.156 de 28/12/2017 que dispõe sobre o Plano Plurianual para o período de 2018 a 2021, altera a Lei nº 4.128 de 17/07/2017 que dispõe sobre as Diretrizes para elaboração da Lei Orçamentária de 2018 e, autoriza a abertura de crédito especial no orçamento do exercício financeiro de 2018, Lei nº 4.161 de 28/12/2017 e contém outras providências”.</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
     <t>2942</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/636/pl-2942_-_denominacao_cmei_-_adriano.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/636/pl-2942_-_denominacao_cmei_-_adriano.doc</t>
   </si>
   <si>
     <t>“Denomina Centro Municipal de Educação Infantil - CMEI no Município de Coronel Fabriciano."</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
     <t>2943</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/690/pl-2943_-_padaria_comunitaria_-_carmem.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/690/pl-2943_-_padaria_comunitaria_-_carmem.doc</t>
   </si>
   <si>
     <t>“Autoriza o chefe do Executivo a Implementar “Padaria Comunitária” na cidade de Coronel Fabriciano’’.</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
     <t>2944</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/637/pl-2944_-_reducao_jornada_de_trabalho_-_carmem.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/637/pl-2944_-_reducao_jornada_de_trabalho_-_carmem.doc</t>
   </si>
   <si>
     <t>“Obriga o Chefe do Executivo a reduzir a jornada de trabalho para 30 horas semanais dos ASE I e II”.</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
     <t>2945</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/639/pl-2945_-_esclarecimento_-lugao.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/639/pl-2945_-_esclarecimento_-lugao.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre apresentação quadrimestral de metas da Secretaria de Governança da Saúde – SGSA e dá outras providências”.</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
     <t>2946</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/638/pl-2946_-_loa-_orcamento_-_executivo_com_emendas.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/638/pl-2946_-_loa-_orcamento_-_executivo_com_emendas.doc</t>
   </si>
   <si>
     <t>“Estima a Receita e Fixa a Despesa do Município de Coronel Fabriciano para o exercício financeiro de 2019”.</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
     <t>2947</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/640/pl-2947_-_alteracao_ppa-executivo.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/640/pl-2947_-_alteracao_ppa-executivo.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre alteração, da Lei Nº 4.156 de 28 de dezembro de 2017 - Plano Plurianual– PPA 2018 - 2021, altera as prioridades previstas no art. 3º da Lei de Diretrizes Orçamentárias para o exercício de 2019 e contém outras providências”.</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
     <t>2948</t>
   </si>
   <si>
     <t>“INSTITUI e inclui no calendário oficial de eventos do Município “O dia municipal dos profissionais da Segurança’’ que inclui Bombeiro Militar, Policial Civil, Agentes Penitenciários, agentes de trânsito municipal e outros.”</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
     <t>2949</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/642/pl-2949_-__prevencao_contra_cancer_outubro.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/642/pl-2949_-__prevencao_contra_cancer_outubro.doc</t>
   </si>
   <si>
     <t>“Institui o mês “Outubro Rosa” dedicado a ações de prevenção ao câncer de mama e de promoção da saúde da Mulher no Município de Coronel Fabriciano e dá outras providências”.</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
     <t>2950</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/643/pl-2950_-__sistema_de_politicas_publicas_sobre_drogas_cria_o_conselho_municipal_sobre_drogas_-_executivo.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/643/pl-2950_-__sistema_de_politicas_publicas_sobre_drogas_cria_o_conselho_municipal_sobre_drogas_-_executivo.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DO “SISTEMA MUNICIPAL DE POLÍTICAS PÚBLICAS SOBRE DROGAS” E CRIA “O CONSELHO MUNICIPAL DE POLÍTICAS PÚBLICAS SOBRE DROGAS”, “O FUNDO MUNICIPAL DE POLÍTICAS PÚBLICAS SOBRE DROGAS”, E IMPLEMENTA “O PROGRAMA MUNICIPAL DE ATENÇÃO E CUIDADO AO USUÁRIO DE ÁLCOOL E OUTRAS DROGAS” NO MUNICÍPIO DE CORONEL FABRICIANO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
     <t>2951</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/644/pl-2951_-_boca_de_lobo_ecologica_-_ronilson.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/644/pl-2951_-_boca_de_lobo_ecologica_-_ronilson.doc</t>
   </si>
   <si>
     <t>“Autoriza o Chefe do Executivo Municipal a implantar dispositivo chamado Boca de Lobo Inteligente, no âmbito do Município de Coronel Fabriciano, e dá outras providências.”</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
     <t>2952</t>
   </si>
   <si>
     <t>Professor Edem</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/645/pl-2952_-_edem_-_mudanca_de_logradouro.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/645/pl-2952_-_edem_-_mudanca_de_logradouro.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre regras de mudanças em denominações de logradouros públicos, neste Município”.</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
     <t>2953</t>
   </si>
   <si>
     <t>“Reduz a jornada de trabalhos de servidor público responsável, tutor ou curador de pessoa dependente com deficiência ou em tratamento especializado de saúde”.</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
     <t>2954</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/647/pl-2954_campanha_prevencao_cancer_novembro_azul.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/647/pl-2954_campanha_prevencao_cancer_novembro_azul.doc</t>
   </si>
   <si>
     <t>“Institui o mês “Novembro Azul” dedicado a ações de prevenção ao câncer de próstata e de promoção da saúde do homem no Município de Coronel Fabriciano e dá outras providências”.</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
     <t>2955</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/648/pl-2955-_estacao_azul_-_carmem.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/648/pl-2955-_estacao_azul_-_carmem.doc</t>
   </si>
   <si>
     <t>Institui o dia “ESTAÇÃO AZUL” no Município de Coronel Fabriciano, e dá outras providências.</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
     <t>2956</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/649/pl-2956-_estacao_rosa_-_carmem.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/649/pl-2956-_estacao_rosa_-_carmem.doc</t>
   </si>
   <si>
     <t>Institui o dia “ESTAÇÃO ROSA” no Município de Coronel Fabriciano, e dá outras providencias.</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
     <t>2957</t>
   </si>
   <si>
     <t>“Declara de Utilidade Pública a Igreja Jesus Fonte de Água Viva”.</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
     <t>2958</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/652/pl-2958_-_informacoes_executivo_-_thiago.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/652/pl-2958_-_informacoes_executivo_-_thiago.doc</t>
   </si>
   <si>
     <t>Determina que o Poder Executivo disponibilize em sua  página oficial na internet informações dos Conselhos  Municipais e dá outras providências.</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
     <t>2959</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/651/pl-2959_-_altera_da_lei_2.981_de_17_de_dezembro_de_2001_-_denominacao_logradouro_distritro_industrial.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/651/pl-2959_-_altera_da_lei_2.981_de_17_de_dezembro_de_2001_-_denominacao_logradouro_distritro_industrial.doc</t>
   </si>
   <si>
     <t>“Altera a Lei Municipal n° 2.981, de 17 de dezembro de 2001, e dá outras providências.”</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
     <t>2960</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/653/pl-2960_-_denominacao_complexo_dom_lelis_lara_-_adriano.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/653/pl-2960_-_denominacao_complexo_dom_lelis_lara_-_adriano.doc</t>
   </si>
   <si>
     <t>"Cria o Complexo Municipal Dom Lelis Lara e dá outras providências."</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
     <t>2961</t>
   </si>
   <si>
     <t>Dr. Sandro</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/654/pl-2961_-_obriga_as_empresas_concessionarias_de_servicos_publicos_a_fecharem_e_pavimentarem.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/654/pl-2961_-_obriga_as_empresas_concessionarias_de_servicos_publicos_a_fecharem_e_pavimentarem.doc</t>
   </si>
   <si>
     <t>“Obriga as empresas concessionárias de serviços Públicos a fecharem e pavimentarem, no prazo de Cinco dias após o termino dos serviços, buracos e Valas que forem abertos para a sua execução.”</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
     <t>2962</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/655/pl-2962_-_cria_conselho_e_fundo_de_municipal_saneamento_basico_-_executivo.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/655/pl-2962_-_cria_conselho_e_fundo_de_municipal_saneamento_basico_-_executivo.doc</t>
   </si>
   <si>
     <t>Cria o Conselho Municipal de Saneamento Básico – COMSAB, regulamenta o Fundo Municipal de Saneamento e dá outras providências.</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
     <t>2963</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/656/pl-2963-__thiago.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/656/pl-2963-__thiago.doc</t>
   </si>
   <si>
     <t>Institui a Campanha Janeiro Verde – não ao abandono de animais no Município de Coronel Fabriciano.</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
     <t>2964</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/657/pl-2964-_sopao_dos_amigos_-_beto.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/657/pl-2964-_sopao_dos_amigos_-_beto.doc</t>
   </si>
   <si>
     <t>“Autoriza a criação do programa SOPÃO no âmbito do Município de Coronel Fabriciano e dá outras providências.”</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
     <t>2965</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/658/pl-2965-_fixacao_de_placas_profissionais_medicos_ubs_-_beto_cavaleiro.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/658/pl-2965-_fixacao_de_placas_profissionais_medicos_ubs_-_beto_cavaleiro.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre a obrigatoriedade da fixação de placas ou cartazes, contendo informações sobre os profissionais médicos em unidades de saúde no âmbito do Município de Coronel Fabriciano e dá outras providências.”</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
     <t>2966</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/659/pl-2966_altera_ldo_e_ppa_e_abertura_de_credito.pdf</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/659/pl-2966_altera_ldo_e_ppa_e_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
     <t>2967</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/660/pl-2967-_substitutivo_altera_lei_complementar_6_operacao_consorciada_maanaim_ouc_-_executivo.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/660/pl-2967-_substitutivo_altera_lei_complementar_6_operacao_consorciada_maanaim_ouc_-_executivo.doc</t>
   </si>
   <si>
     <t>“Alteração da Lei Complementar 0006, de 28 de dezembro de 2017 que institui a Operação Urbana Consorciada AV.  Maanaim – OUC  AV.  Maanaim, em conformidade com artigos 67 e 68 da Lei Municipal nº 3.759/2012 – Plano Diretor Municipal, e artigos 32 a 34-a, da Lei Federal nº 10.257/2001 – estatuto da cidade, aprova o novo plano de intervenção e estudo de impacto de vizinhança para Operação Urbana Consorciada AV.  Maanaim e dá outras providências”.</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
     <t>2968</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/661/pl-2968-_altera_ldo_e_substitui_anexos_-_executivo.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/661/pl-2968-_altera_ldo_e_substitui_anexos_-_executivo.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre a alteração da Lei N° 4.185  de 05 de julho de 2018 – Lei de Diretrizes Orçamentárias para o exercício financeiro de 2019 promovendo a substituição de anexos e contém outras providências”.</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
     <t>2969</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/662/pl-2969-revoga_4.029_faixa_azul_-_beto.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/662/pl-2969-revoga_4.029_faixa_azul_-_beto.doc</t>
   </si>
   <si>
     <t>“Revoga a Lei 4.029/2015, que altera, atualiza e consolida a legislação sobre Estacionamento Rotativo Faixa Azul, institui o Sistema de Estacionamento Rotativo Gratuito no âmbito do Município de Coronel Fabriciano e dá outras providências.”</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
     <t>2970</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/663/pl-2970-_iptu_vitimas_de_enchentes_-_adriano.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/663/pl-2970-_iptu_vitimas_de_enchentes_-_adriano.doc</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a conceder isenção de IPTU – Imposto Predial e Territorial Urbano às vítimas das enchentes no Município de Coronel Fabriciano.”</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
     <t>3014</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/604/pl-2914_-_reajuste_agentes_politicos_legislativo_municipal-mesa_diretora.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/604/pl-2914_-_reajuste_agentes_politicos_legislativo_municipal-mesa_diretora.doc</t>
   </si>
   <si>
     <t>“Concede revisão geral anual no subsídio dos Agentes Políticos do Legislativo”.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>989</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/358/pr-989_-_paroquia_sao_sebastiao_-_marcos_da_luz.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/358/pr-989_-_paroquia_sao_sebastiao_-_marcos_da_luz.doc</t>
   </si>
   <si>
     <t>Dispõe sobre realização de Reunião Solene e concessão de Diploma de Honra ao Mérito em comemoração aos 70 anos de instalação da Paróquia São Sebastião.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/357/pr-990_-_cidadania_honoraria_albertino_-_xingozinho.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/357/pr-990_-_cidadania_honoraria_albertino_-_xingozinho.doc</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Honorária ao Senhor Albertino Ferreira Campos.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>991</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/355/pr-991_-__pregoeiro.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/355/pr-991_-__pregoeiro.doc</t>
   </si>
   <si>
     <t>Institui gratificação especial para os servidores designados para a função de pregoeiro e dá outras providências.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/353/pr-992_-__diretor_geral_da_camara.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/353/pr-992_-__diretor_geral_da_camara.doc</t>
   </si>
   <si>
     <t>Cria cargo em comissão, e dá outras providências.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>993</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/351/pr-993_-__diarias_servidores_e_vereadores_da_camara_-_mesa_diretora.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/351/pr-993_-__diarias_servidores_e_vereadores_da_camara_-_mesa_diretora.doc</t>
   </si>
   <si>
     <t>Dispõe sobre diárias de viagem aos Servidores e Vereadores da Câmara Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
     <t>Concede Homenagem de Embaixador da Paz Fernando Jerônimo dos Santos Júnior (Fernadinho).</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/349/pr-995_-__altera_regimenmto.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/349/pr-995_-__altera_regimenmto.doc</t>
   </si>
   <si>
     <t>Altera o Regimento Interno da Câmara Municipal de Coronel Fabriciano e dá outras providências.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/347/pr-996_-_escola_do_legislativo_-_lugao.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/347/pr-996_-_escola_do_legislativo_-_lugao.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a organização e funcionamento da Escola do Legislativo de Coronel Fabriciano.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/346/pr-997_-_merito_desportivo_-_adilio_coelho.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/346/pr-997_-_merito_desportivo_-_adilio_coelho.doc</t>
   </si>
   <si>
     <t>Concede Diploma do Mérito Desportivo ao Senhor Adílio Coelho de Souza.</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/345/pr-998_-_cidadania_honoraria_-_adriano_-_stela.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/345/pr-998_-_cidadania_honoraria_-_adriano_-_stela.doc</t>
   </si>
   <si>
     <t>Concede o Título de Cidadania Honorária a Dra. Stella Nunes Rocha.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/344/pr-999_-_superacao_-edem_-maria_das_gracas.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/344/pr-999_-_superacao_-edem_-maria_das_gracas.doc</t>
   </si>
   <si>
     <t>Concede Medalha de Superação à Senhora Maria das Graças.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/343/pr-1000-_honra_ao_merito_-_ronilson-_geraldo_magela_do_carmo.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/343/pr-1000-_honra_ao_merito_-_ronilson-_geraldo_magela_do_carmo.doc</t>
   </si>
   <si>
     <t>Concede Diploma de Honra ao Mérito a Senhor Geraldo Magela do Carmo.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/342/pr-1001-_medalha_merito_legislativo_-_carmem-_juarez_batista_da_silva.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/342/pr-1001-_medalha_merito_legislativo_-_carmem-_juarez_batista_da_silva.doc</t>
   </si>
   <si>
     <t>Concede a Medalha Mérito Legislativo ao Senhor Juarez Batista da Silva.</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/337/pr-1002-_medalha_rodrigo_neto_-_carmem-_bruno_costa_ribeiro.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/337/pr-1002-_medalha_rodrigo_neto_-_carmem-_bruno_costa_ribeiro.doc</t>
   </si>
   <si>
     <t>Concede a Medalha Rodrigo Neto ao Senhor Bruno Costa Ribeiro.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/335/pr-1003-_diploma_embaixador_da_paz-_igreja_maranata_-_lugao.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/335/pr-1003-_diploma_embaixador_da_paz-_igreja_maranata_-_lugao.doc</t>
   </si>
   <si>
     <t>Concede Diploma do Embaixador da Paz à Igreja Cristã Maranata.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/333/pr-1004-_medalha_do_merito_legislativo_-_marcos_da_luz.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/333/pr-1004-_medalha_do_merito_legislativo_-_marcos_da_luz.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão da Medalha do Mérito Legislativo ao Dr. Marco Antônio Oliveira Freitas.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/332/pr-1005_-__igreja_assembleia_de_deus-marcos.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/332/pr-1005_-__igreja_assembleia_de_deus-marcos.doc</t>
   </si>
   <si>
     <t>Dispõe sobre realização de Reunião Solene e concessão de Diploma do Embaixador da Paz em comemoração aos 70 anos da Igreja Assembleia de Deus – Coronel Fabriciano.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/330/pr-1006-_diploma_embaixador_da_paz_-_pastor_helio_-_thiago.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/330/pr-1006-_diploma_embaixador_da_paz_-_pastor_helio_-_thiago.doc</t>
   </si>
   <si>
     <t>Concede o Diploma de Embaixador da Paz ao Pastor Hélio de Oliveira Lima.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/326/pr-1007-_medalha_rodrigo_neto_-_thiago.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/326/pr-1007-_medalha_rodrigo_neto_-_thiago.doc</t>
   </si>
   <si>
     <t>Concede a Medalha Rodrigo Neto a Ronaldo Gomes de Carvalho.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/325/pr-1008_-_autoriza_mudanca_da_sede_da_camara.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/325/pr-1008_-_autoriza_mudanca_da_sede_da_camara.doc</t>
   </si>
   <si>
     <t>Autoriza mudança da sede da Câmara Municipal de Coronel Fabriciano e altera o artigo 7º da Resolução nº 369/2009, que “Estabelece o Regimento Interno da Câmara Municipal de Coronel Fabriciano.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/324/pr-1009_-_beto_cavaleiro.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/324/pr-1009_-_beto_cavaleiro.doc</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Honorária ao Senhor Juliano Dantas Medeiros.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/323/pr-1010_-_beto_cavaleiro.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/323/pr-1010_-_beto_cavaleiro.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga do Titulo de Honra ao Mérito a Senhora Joziane Bitencourt Barbosa.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/322/pr-1011_-_beto_cavaleiro.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/322/pr-1011_-_beto_cavaleiro.doc</t>
   </si>
   <si>
     <t>Concede Diploma do Embaixador da Paz ao Senhor José Tenório Begat.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
     <t>Número de projeto não utilizado.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/321/pr-1013__merito_legislativo-__xingozinho.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/321/pr-1013__merito_legislativo-__xingozinho.doc</t>
   </si>
   <si>
     <t>Concede a Medalha do Mérito Legislativo ao Senhor Gilmaro Alves Ferreira.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/320/pr-1014__merito_legislativo-__beto.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/320/pr-1014__merito_legislativo-__beto.doc</t>
   </si>
   <si>
     <t>Concede Medalha do Mérito Legislativo ao Senhor Ronilson Evelton de Souza.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/319/pr-1015_-_antonio_eugenio_-_xingozinho.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/319/pr-1015_-_antonio_eugenio_-_xingozinho.doc</t>
   </si>
   <si>
     <t>Concede Diploma de Honra ao Mérito ao Senhor Antônio Eugênio do Socorro Fernandes.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/318/pr-1016_-_prestacao_de_contas_-_2015.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/318/pr-1016_-_prestacao_de_contas_-_2015.doc</t>
   </si>
   <si>
     <t>Dispõe sobre o julgamento da Prestação de Contas da Prefeitura Municipal de Coronel Fabriciano, relativa ao ano de 2015.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
     <t>Nélio do Abacaxi</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/317/pr-1017_-_nelio.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/317/pr-1017_-_nelio.doc</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Honorária ao Senhor José Geraldo Andrade, neste Município.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/316/pr-1018_-_nelio.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/316/pr-1018_-_nelio.doc</t>
   </si>
   <si>
     <t>Concede Medalha Rodrigo Neto a Priscilla Caroline de Paula Souza.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/315/pr-1019-_medalha_rodrigo_neto_-xingozinho.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/315/pr-1019-_medalha_rodrigo_neto_-xingozinho.doc</t>
   </si>
   <si>
     <t>Concede a Medalha Rodrigo Neto ao Senhor Doriedison Botelho.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/314/pr-1020-_cidadania_honoraria_-_camem_-_geraldo_dos_anjos_antero.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/314/pr-1020-_cidadania_honoraria_-_camem_-_geraldo_dos_anjos_antero.doc</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Honorária ao Senhor Geraldo dos Anjos Antero.</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/313/pr-1021-_merito_cultural_-_camem_-_marujos.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/313/pr-1021-_merito_cultural_-_camem_-_marujos.doc</t>
   </si>
   <si>
     <t>Concede Título de Mérito Cultural Artístico aos Marujos do Cocais.</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/312/pr-1022_-_cidadania_honoraria_-_ronilson_-_jose_martins_silva.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/312/pr-1022_-_cidadania_honoraria_-_ronilson_-_jose_martins_silva.doc</t>
   </si>
   <si>
     <t>Concede o Título de Cidadania Honorária ao Senhor José Martins Silva.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/311/pr-1023_-_medalha_rodrigo_neto_-_beto_cavaleiro_-_fernando_da_rocha.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/311/pr-1023_-_medalha_rodrigo_neto_-_beto_cavaleiro_-_fernando_da_rocha.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão da Medalha Rodrigo Neto ao Fernando da Rocha Silva.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/310/pr-1024-_honra_ao_merito_-_empresa_casa_pinto_coelho-_adriano.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/310/pr-1024-_honra_ao_merito_-_empresa_casa_pinto_coelho-_adriano.doc</t>
   </si>
   <si>
     <t>Concede Diploma de Honra ao Mérito a empresa Casa Pinto Coelho.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/309/pr-1025-_cidadao_honorario_-_izaias_jose_da_silva-_francisquini.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/309/pr-1025-_cidadao_honorario_-_izaias_jose_da_silva-_francisquini.doc</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Honorária ao Senhor IZAIAS JOSE DA SILVA.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/308/pr-1026-_marcos_da_luz-cidadania_honararia_luiz_henrique_ribeiro.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/308/pr-1026-_marcos_da_luz-cidadania_honararia_luiz_henrique_ribeiro.doc</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Honorária ao senhor Sr. Luís Henrique Ribeiro.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/307/pr-1027-_marcos_da_luz-_diploma_do_merito_cultural_ao_renan_scarpati.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/307/pr-1027-_marcos_da_luz-_diploma_do_merito_cultural_ao_renan_scarpati.doc</t>
   </si>
   <si>
     <t>Concede Diploma do Mérito Cultural Artístico ao músico Renan Scarpati.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/306/pr-1028-_honra_ao_merito_juliano_silva_missina-_francisquini.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/306/pr-1028-_honra_ao_merito_juliano_silva_missina-_francisquini.doc</t>
   </si>
   <si>
     <t>“Concede Diploma de Honra ao Mérito ao Sr JULIANO SILVA MISSINA.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/305/pr-1029-_francisquini-_diploma_merito_legislativo_wanderson_stenner_alves.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/305/pr-1029-_francisquini-_diploma_merito_legislativo_wanderson_stenner_alves.doc</t>
   </si>
   <si>
     <t>Concede Diploma de Mérito Legislativo ao Sr WANDERSON STENNER ALVES.</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/304/pr-1030-_francisquini-_embaixador_da_paz_wanderson_stenner_alves.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/304/pr-1030-_francisquini-_embaixador_da_paz_wanderson_stenner_alves.doc</t>
   </si>
   <si>
     <t>Concede Diploma do Embaixador da Paz ao Sr Edwalter William Pinto.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
     <t>Marcos da Luz, Professor Edem, THIAGO LUCAS</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/303/pr-1031-_altera_regimento_interno_-_marcos_da_luz.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/303/pr-1031-_altera_regimento_interno_-_marcos_da_luz.doc</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/302/pr-1032-_medalha_do_merito_legislaivo_-_thiago_lucas.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/302/pr-1032-_medalha_do_merito_legislaivo_-_thiago_lucas.doc</t>
   </si>
   <si>
     <t>Concede Medalha do Mérito Legislativo ao Vereador Marcos Da Luz Evangelista Lima Martins.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/301/pr-1033-_cidadao_honorario_cleusa_paiva__-_thiago_lucas.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/301/pr-1033-_cidadao_honorario_cleusa_paiva__-_thiago_lucas.doc</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Honorária a Senhora Cleuza Paiva Silva, neste município.</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/300/pr-1034-_diploma_embaixador_da_paz-_antonio_anisio_-_adriano.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/300/pr-1034-_diploma_embaixador_da_paz-_antonio_anisio_-_adriano.doc</t>
   </si>
   <si>
     <t>Concede Diploma do Embaixador da Paz ao Senhor Antônio Anísio de Assis.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
     <t>CRISTIANO DO CAIS</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/298/pr-1035_-_cidadania_honoraria_-_bonifacio_mourao_-_cristiano_do_cais.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/298/pr-1035_-_cidadania_honoraria_-_bonifacio_mourao_-_cristiano_do_cais.doc</t>
   </si>
   <si>
     <t>Concede o Titulo de Cidadania Honorária ao Excelentíssimo Senhor Bonifácio Mourão.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/369/pr-1036-_diploma_embaixador_da_paz-_pastor_otaviano_-_cristiano_do_cais.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/369/pr-1036-_diploma_embaixador_da_paz-_pastor_otaviano_-_cristiano_do_cais.doc</t>
   </si>
   <si>
     <t>Concede Diploma do Embaixador da Paz ao Pastor Otaviano Pires dos Santos.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
     <t>MILTINHO DO SACOLÃO</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/297/pr-1037-_diploma_embaixador_da_paz-_levindo_pedro_goncalves_-_anirton.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/297/pr-1037-_diploma_embaixador_da_paz-_levindo_pedro_goncalves_-_anirton.doc</t>
   </si>
   <si>
     <t>Concede Diploma do Embaixador da Paz ao senhor Levindo Pedro Gonçalves.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/295/pr-1038-_honra_ao_merito_rubem_xavier_da_costa-__anirton.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/295/pr-1038-_honra_ao_merito_rubem_xavier_da_costa-__anirton.doc</t>
   </si>
   <si>
     <t>Concede Diploma de Honra ao Mérito ao Senhor Rubem Xavier da Costa.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/294/pr-1039-_cidadania_honoraria-_claudiney_siverio_de_sa-__anirton.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/294/pr-1039-_cidadania_honoraria-_claudiney_siverio_de_sa-__anirton.doc</t>
   </si>
   <si>
     <t>Concede o Título de Cidadania Honorária ao Senhor CLAUDINEY SIVERIO DE SÁ.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/290/pr-1040-_medalha_de_merito_legislativo_-_sandro.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/290/pr-1040-_medalha_de_merito_legislativo_-_sandro.doc</t>
   </si>
   <si>
     <t>Concede Medalha de Mérito Legislativo a Srª Edlaine de Almeida, neste município.</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/289/pr-1041-_cidadania_honoraria_-_sandro.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/289/pr-1041-_cidadania_honoraria_-_sandro.doc</t>
   </si>
   <si>
     <t>Concede a Cidadania Honorária a Srª Eleonora Gonçalves Valadares, neste município.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/288/pr-1042_-_diploma_merito_desportivo_-_sandro.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/288/pr-1042_-_diploma_merito_desportivo_-_sandro.doc</t>
   </si>
   <si>
     <t>Concede o Diploma do Mérito Desportivo ao Sr. Thiago Gomes Ferreira, neste município.</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/287/pr-1043_-_embaixador_da_paz-_edem__ismael.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/287/pr-1043_-_embaixador_da_paz-_edem__ismael.doc</t>
   </si>
   <si>
     <t>Concede Diploma do Embaixador da Paz ao cidadão Ismael Vitor de Souza.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/286/pr-1044_-_honra_ao_merito_flor_e_ser-_edem.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/286/pr-1044_-_honra_ao_merito_flor_e_ser-_edem.doc</t>
   </si>
   <si>
     <t>Concede Diploma de Honra ao Mérito à Escola Flor e Ser.</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/285/pr-1045_-_cidadania_honoraria_julia_nunes-_edem.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/285/pr-1045_-_cidadania_honoraria_julia_nunes-_edem.doc</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Honorária à Júlia Nunes Tavares.</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>1046</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/283/pr-1046_-_merito_legislativo-_edem-_gruo_juventude_pela_diversidade.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/283/pr-1046_-_merito_legislativo-_edem-_gruo_juventude_pela_diversidade.doc</t>
   </si>
   <si>
     <t>Concede Medalha de Mérito Legislativo ao Grupo Juventude Pela Diversidade.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>1047</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/368/pr-1047_-_merito_cultural-_sandro.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/368/pr-1047_-_merito_cultural-_sandro.doc</t>
   </si>
   <si>
     <t>Concede o Diploma do Mérito Cultural Artístico ao Sr. José Balbino de Oliveira, neste município.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>1048</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/365/pr-1048_-_jovens_notorios-_sandro.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/365/pr-1048_-_jovens_notorios-_sandro.doc</t>
   </si>
   <si>
     <t>Concede a Medalha Jovens Notórios ao estudante Ícaro Xavier Peixoto, neste município.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/281/pr-1049-_diploma_embaixador_da_paz_-_ronilson-_soliel.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/281/pr-1049-_diploma_embaixador_da_paz_-_ronilson-_soliel.doc</t>
   </si>
   <si>
     <t>Concede Diploma do Embaixador da Paz ao Pastor SOLIEL BERNARDINO DA SILVA.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/279/pr-1050_-_merito_desportivo_adair_pedro_-_thiago.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/279/pr-1050_-_merito_desportivo_adair_pedro_-_thiago.doc</t>
   </si>
   <si>
     <t>Concede Medalha do Mérito Desportivo ao Senhor Adair Pedro Sabino.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>1051</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/277/pr-1051_-_embaixador_da_paz_-_nelio.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/277/pr-1051_-_embaixador_da_paz_-_nelio.doc</t>
   </si>
   <si>
     <t>Concede Diploma do Embaixador da Paz a Senhora Marinalva da Conceição Silva.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
     <t>1052</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/363/pr-1052_-_honra_ao_merito_-_nelio.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/363/pr-1052_-_honra_ao_merito_-_nelio.doc</t>
   </si>
   <si>
     <t>Concede Diploma de Honra ao Mérito ao Senhor Vinicius Xingó Tenório de Oliveira.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
     <t>CANÍDIA</t>
   </si>
   <si>
     <t>Concede a Medalha do Mérito Legislativo ao Senhor Elias Lopes de Oliveira Santos.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>1054</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/274/pr-1054-_cidadao_honorario_padre_paulo_-_lugao.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/274/pr-1054-_cidadao_honorario_padre_paulo_-_lugao.doc</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Honorária ao Padre Paulo Morais, neste município.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>1055</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/272/pr-1056-_nonra_ao_merito_nardielo_rocha_-_lugao.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/272/pr-1056-_nonra_ao_merito_nardielo_rocha_-_lugao.doc</t>
   </si>
   <si>
     <t>Concede Medalha do Mérito Legislativo a Inter TV dos Vales.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/270/pr-1056-_nonra_ao_merito_nardielo_rocha_-_lugao.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/270/pr-1056-_nonra_ao_merito_nardielo_rocha_-_lugao.doc</t>
   </si>
   <si>
     <t>Concede Diploma de Honra ao Mérito a Nardyello Rocha de Oliveira.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>1057</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/267/pr-1057-_diploma_embaixador_da_paz-_brunno_sa_-_carmem.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/267/pr-1057-_diploma_embaixador_da_paz-_brunno_sa_-_carmem.doc</t>
   </si>
   <si>
     <t>Concede Título de Embaixador da Paz ao Senhor Brunno Sá Otaviano Vieira.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>1058</t>
   </si>
   <si>
     <t>Concede Diploma do Mérito Desportivo ao Senhor João Batista da Costa.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>1059</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/265/pr-1059-_diploma_de_honra_ao_merito_-_cristiano_do_cais.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/265/pr-1059-_diploma_de_honra_ao_merito_-_cristiano_do_cais.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão do DIPLOMA DE HONRA AO MÉRITO a MPC (Mocidade para Cristo).</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/264/pr-1060-_merito_legislativo_-_ladislau_pereira_-_adriano.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/264/pr-1060-_merito_legislativo_-_ladislau_pereira_-_adriano.doc</t>
   </si>
   <si>
     <t>Concede Medalha do Mérito Legislativo ao Senhor Ladislau Pereira Duarte.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/263/pr-1061-_medalha_rodrigo_neto_-_paulo_cesar_-_adriano.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/263/pr-1061-_medalha_rodrigo_neto_-_paulo_cesar_-_adriano.doc</t>
   </si>
   <si>
     <t>Concede a Medalha Rodrigo Neto ao Senhor Paulo César Reis.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>1062</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/262/pr-1062_-_medalha_de_superacao_-_juarez_pimenta_-canidia.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/262/pr-1062_-_medalha_de_superacao_-_juarez_pimenta_-canidia.doc</t>
   </si>
   <si>
     <t>Concede Medalha de Superação ao Senhor Juarez Pimenta Alves.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>1063</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/261/pr-1063_-medalha_jovens_notorios_-_mateus_souza-canidia.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/261/pr-1063_-medalha_jovens_notorios_-_mateus_souza-canidia.doc</t>
   </si>
   <si>
     <t>Concede Medalha Jovens Notórios Mateus Souza da Silva.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
     <t>ADRIANO MARTINS DE OLIVEIRA, CANÍDIA, Dr. Sandro, LUGÃO, Marcos da Luz, Nélio do Abacaxi, Professor Edem, Relé, THIAGO LUCAS, Xingozinho</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/260/pr-1064_-altera_regimento-_vereadores.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/260/pr-1064_-altera_regimento-_vereadores.doc</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>1065</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/259/pr-1065_-denomina_predio_da_camara-_vereadores.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/259/pr-1065_-denomina_predio_da_camara-_vereadores.doc</t>
   </si>
   <si>
     <t>Denomina Instalações de Prédio do Poder Legislativo de Coronel Fabriciano, Estado de Minas Gerais.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/258/pr-1066_-_merito_desportivo_-_rogerio_junior-_canidia.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/258/pr-1066_-_merito_desportivo_-_rogerio_junior-_canidia.doc</t>
   </si>
   <si>
     <t>Concede Diploma do Mérito Desportivo ao Senhor Rogério Júnior Melo Santos.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/257/pr-1067-_merito_legislativo_maria_aparecida_-_nelio_do_abacaxi.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/257/pr-1067-_merito_legislativo_maria_aparecida_-_nelio_do_abacaxi.doc</t>
   </si>
   <si>
     <t>Concede a Medalha do Mérito Legislativo a Senhora Maria Aparecida Alvarenga Lage de Carvalho.</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/256/pr-1068-_honra_ao_merito__-_canidia_marilene.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/256/pr-1068-_honra_ao_merito__-_canidia_marilene.doc</t>
   </si>
   <si>
     <t>Concede o Diploma de Honra ao Mérito à Senhora Marilene Cristina Campos Araújo Pimentel.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/255/pr-1069_-_medalha_de_merito_legislativo_-_canidia.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/255/pr-1069_-_medalha_de_merito_legislativo_-_canidia.doc</t>
   </si>
   <si>
     <t>Concede Medalha do Mérito Legislativo ao Dr. Leonardo Augusto Pires Soares.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>1070</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/254/pr-1070_-altera_regimento-_vereadores.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/254/pr-1070_-altera_regimento-_vereadores.doc</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -2466,68 +2466,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/601/pl-2911_-_reajuste_servidores_camara_municipal-mesa_diretora.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/664/pl_-2877-_projeto_concessao_de_estacionamento_rotativo_-_beto_cavaleiro.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/665/pl_-2878_-_fogos_de_artificio_-_xingozinho.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/666/pl_-2879-_autorizacao_contratacao_temporaria_-_executivo.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/667/pl_-2880-_autorizacao_contratacao_temporaria_educacao-_executivo.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/668/pl_-2881-_doacao_kits_natalino-_executivo.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/669/pl_-2882-_projeto_concessao_de_estacionamento_em_frente_padarias_farmacia_-_beto_cavaleiro.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/670/pl_-2883-_cargos_-_mesa_diretora.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/671/pl_-2884-_abertura_de_credito_adicional_especial_-_executivo.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/672/pl-2885-_denominacao_de_logradouro_dona_estrogilda_martins_de_medeiros_-_adriano.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/673/pl-2887-_regulamentacao_sistema_rotativo_de_estacionamento_-_beto_cavaleiro.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/674/pl-2888-_abertura_de_credito_adicional-_executivo_municipal.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/675/pl_-2884-_abertura_de_credito_adicional_especial_-_executivo.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/676/pl-2890-__abertura_adicional_especial_-_executivo_municipal.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/677/pl-2891-_repasse_social-_executivo.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/678/pl-2892-_declaracao_utilidade_publica_-_eneias.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/567/pl-2893-revoga_lei_3.617-2011_denominacao_logradouro-ronilson.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/569/pl-2895_-_apae-_executivo.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/570/pl-2896_-_licoes_de_primeiros_socorros_-thiago.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/572/pl-2897_-_assistencia_nas_ubs_-_carmem.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/574/pl-2898_-_assistencia_nas_escolas_publicas_-_carmem.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/578/pl-2901_-_fixacao_salario_diretor_geral_da_camara.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/579/pl-2902_-_fixacao_valor_gratificacao_pregoeiro.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/580/pl-2903_-_denomina_centro_administrativo_municipal.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/582/pl-2904_-_autoriza_o_chefe_do_executivo_a_implementar_o_projeto_de_lei_quintas_podutivos-mulheres_em_redes_de_colaboracao_solidariaalenativa_que_gera_vida_e_renda.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/584/pl-2905_-_doacao_terreno_maconaria_-_executivo.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/585/pl-2906_-_participacao_consorcio_intermunicipal_multissetorial_do_medio_rio_piracicaba_-_consmepi-_executivo.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/589/pl-2907_-_faixa_azul-_carmem.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/590/pl-2908_-__casamento_comunitario_-thiago.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/594/pl-2909_-_autorizacao_pagamento_de_despesas_do_hospital-_executivo.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/595/pl-2910_-_ldo-_executivo.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/602/pl-2912_-utilidade__associacao_geracao-_adriano.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/603/pl-2913_-_banco_doacao_de_alimentos.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/605/pl-2915_-_mexa-se_-_ronilson_e_sandro.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/606/pl-2916-altera_denominacao_de_via_publica_na_sede_do_municipio-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/608/pl-2918_-concede_isencao_de_iptu_aos_templos_religiosos_que_nao_tem_sede_propria-luciano_ronilson_adriano.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/609/pl-2920_-_denomina_centroempreendedorismo_dom_lelis_lara.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/610/pl-2921_-__politica_municipal_de_segurnaca_e_nutricional-_executivo.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/618/pl-2922_-__cria_conselho_desenvolvimento_economico-_executivo.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/619/pl-2925_-_blitz_do_ipva_-_beto_cavaleiro.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/620/pl-2926_-convenio_executivo.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/622/pl-2928_-_convenio_com_tjmg_-_executivo.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/623/pl-2929_-_reajuste_servidores_municipais_-_executivo.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/624/pl-2930_-_lidecel_-_executivo.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/625/pl-2931_-_refis_-_executivo.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/626/pl-2932_-_mudanca_de_logradouro_-_carmem.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/627/pl-2933_-_padaria_comunitaria_-_carmen.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/628/pl-2934_-_horta_comunitaria_-_carmen.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/629/pl-2935_-_executivo_municipal.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/630/pl-2936_-_institui_e_inclui_no_calendario_municipal_o_dia_do_policial_militar_25_de_agosto-_francisquini.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/632/pl-2938_-_denominacao_de_logradouro_-_paulo_antunes.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/633/pl-2939_-_denominacao_de_logradouro_-_paulo_antunes.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/634/pl-2940_-_comtur_-_executivo.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/635/pl-2941_-_credito_adicional_especial-_executivo.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/636/pl-2942_-_denominacao_cmei_-_adriano.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/690/pl-2943_-_padaria_comunitaria_-_carmem.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/637/pl-2944_-_reducao_jornada_de_trabalho_-_carmem.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/639/pl-2945_-_esclarecimento_-lugao.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/638/pl-2946_-_loa-_orcamento_-_executivo_com_emendas.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/640/pl-2947_-_alteracao_ppa-executivo.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/642/pl-2949_-__prevencao_contra_cancer_outubro.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/643/pl-2950_-__sistema_de_politicas_publicas_sobre_drogas_cria_o_conselho_municipal_sobre_drogas_-_executivo.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/644/pl-2951_-_boca_de_lobo_ecologica_-_ronilson.doc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/645/pl-2952_-_edem_-_mudanca_de_logradouro.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/647/pl-2954_campanha_prevencao_cancer_novembro_azul.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/648/pl-2955-_estacao_azul_-_carmem.doc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/649/pl-2956-_estacao_rosa_-_carmem.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/652/pl-2958_-_informacoes_executivo_-_thiago.doc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/651/pl-2959_-_altera_da_lei_2.981_de_17_de_dezembro_de_2001_-_denominacao_logradouro_distritro_industrial.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/653/pl-2960_-_denominacao_complexo_dom_lelis_lara_-_adriano.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/654/pl-2961_-_obriga_as_empresas_concessionarias_de_servicos_publicos_a_fecharem_e_pavimentarem.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/655/pl-2962_-_cria_conselho_e_fundo_de_municipal_saneamento_basico_-_executivo.doc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/656/pl-2963-__thiago.doc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/657/pl-2964-_sopao_dos_amigos_-_beto.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/658/pl-2965-_fixacao_de_placas_profissionais_medicos_ubs_-_beto_cavaleiro.doc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/659/pl-2966_altera_ldo_e_ppa_e_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/660/pl-2967-_substitutivo_altera_lei_complementar_6_operacao_consorciada_maanaim_ouc_-_executivo.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/661/pl-2968-_altera_ldo_e_substitui_anexos_-_executivo.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/662/pl-2969-revoga_4.029_faixa_azul_-_beto.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/663/pl-2970-_iptu_vitimas_de_enchentes_-_adriano.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/604/pl-2914_-_reajuste_agentes_politicos_legislativo_municipal-mesa_diretora.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/358/pr-989_-_paroquia_sao_sebastiao_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/357/pr-990_-_cidadania_honoraria_albertino_-_xingozinho.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/355/pr-991_-__pregoeiro.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/353/pr-992_-__diretor_geral_da_camara.doc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/351/pr-993_-__diarias_servidores_e_vereadores_da_camara_-_mesa_diretora.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/349/pr-995_-__altera_regimenmto.doc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/347/pr-996_-_escola_do_legislativo_-_lugao.doc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/346/pr-997_-_merito_desportivo_-_adilio_coelho.doc" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/345/pr-998_-_cidadania_honoraria_-_adriano_-_stela.doc" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/344/pr-999_-_superacao_-edem_-maria_das_gracas.doc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/343/pr-1000-_honra_ao_merito_-_ronilson-_geraldo_magela_do_carmo.doc" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/342/pr-1001-_medalha_merito_legislativo_-_carmem-_juarez_batista_da_silva.doc" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/337/pr-1002-_medalha_rodrigo_neto_-_carmem-_bruno_costa_ribeiro.doc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/335/pr-1003-_diploma_embaixador_da_paz-_igreja_maranata_-_lugao.doc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/333/pr-1004-_medalha_do_merito_legislativo_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/332/pr-1005_-__igreja_assembleia_de_deus-marcos.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/330/pr-1006-_diploma_embaixador_da_paz_-_pastor_helio_-_thiago.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/326/pr-1007-_medalha_rodrigo_neto_-_thiago.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/325/pr-1008_-_autoriza_mudanca_da_sede_da_camara.doc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/324/pr-1009_-_beto_cavaleiro.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/323/pr-1010_-_beto_cavaleiro.doc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/322/pr-1011_-_beto_cavaleiro.doc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/321/pr-1013__merito_legislativo-__xingozinho.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/320/pr-1014__merito_legislativo-__beto.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/319/pr-1015_-_antonio_eugenio_-_xingozinho.doc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/318/pr-1016_-_prestacao_de_contas_-_2015.doc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/317/pr-1017_-_nelio.doc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/316/pr-1018_-_nelio.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/315/pr-1019-_medalha_rodrigo_neto_-xingozinho.doc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/314/pr-1020-_cidadania_honoraria_-_camem_-_geraldo_dos_anjos_antero.doc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/313/pr-1021-_merito_cultural_-_camem_-_marujos.doc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/312/pr-1022_-_cidadania_honoraria_-_ronilson_-_jose_martins_silva.doc" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/311/pr-1023_-_medalha_rodrigo_neto_-_beto_cavaleiro_-_fernando_da_rocha.doc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/310/pr-1024-_honra_ao_merito_-_empresa_casa_pinto_coelho-_adriano.doc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/309/pr-1025-_cidadao_honorario_-_izaias_jose_da_silva-_francisquini.doc" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/308/pr-1026-_marcos_da_luz-cidadania_honararia_luiz_henrique_ribeiro.doc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/307/pr-1027-_marcos_da_luz-_diploma_do_merito_cultural_ao_renan_scarpati.doc" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/306/pr-1028-_honra_ao_merito_juliano_silva_missina-_francisquini.doc" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/305/pr-1029-_francisquini-_diploma_merito_legislativo_wanderson_stenner_alves.doc" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/304/pr-1030-_francisquini-_embaixador_da_paz_wanderson_stenner_alves.doc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/303/pr-1031-_altera_regimento_interno_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/302/pr-1032-_medalha_do_merito_legislaivo_-_thiago_lucas.doc" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/301/pr-1033-_cidadao_honorario_cleusa_paiva__-_thiago_lucas.doc" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/300/pr-1034-_diploma_embaixador_da_paz-_antonio_anisio_-_adriano.doc" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/298/pr-1035_-_cidadania_honoraria_-_bonifacio_mourao_-_cristiano_do_cais.doc" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/369/pr-1036-_diploma_embaixador_da_paz-_pastor_otaviano_-_cristiano_do_cais.doc" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/297/pr-1037-_diploma_embaixador_da_paz-_levindo_pedro_goncalves_-_anirton.doc" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/295/pr-1038-_honra_ao_merito_rubem_xavier_da_costa-__anirton.doc" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/294/pr-1039-_cidadania_honoraria-_claudiney_siverio_de_sa-__anirton.doc" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/290/pr-1040-_medalha_de_merito_legislativo_-_sandro.doc" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/289/pr-1041-_cidadania_honoraria_-_sandro.doc" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/288/pr-1042_-_diploma_merito_desportivo_-_sandro.doc" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/287/pr-1043_-_embaixador_da_paz-_edem__ismael.doc" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/286/pr-1044_-_honra_ao_merito_flor_e_ser-_edem.doc" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/285/pr-1045_-_cidadania_honoraria_julia_nunes-_edem.doc" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/283/pr-1046_-_merito_legislativo-_edem-_gruo_juventude_pela_diversidade.doc" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/368/pr-1047_-_merito_cultural-_sandro.doc" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/365/pr-1048_-_jovens_notorios-_sandro.doc" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/281/pr-1049-_diploma_embaixador_da_paz_-_ronilson-_soliel.doc" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/279/pr-1050_-_merito_desportivo_adair_pedro_-_thiago.doc" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/277/pr-1051_-_embaixador_da_paz_-_nelio.doc" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/363/pr-1052_-_honra_ao_merito_-_nelio.doc" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/274/pr-1054-_cidadao_honorario_padre_paulo_-_lugao.doc" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/272/pr-1056-_nonra_ao_merito_nardielo_rocha_-_lugao.doc" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/270/pr-1056-_nonra_ao_merito_nardielo_rocha_-_lugao.doc" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/267/pr-1057-_diploma_embaixador_da_paz-_brunno_sa_-_carmem.doc" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/265/pr-1059-_diploma_de_honra_ao_merito_-_cristiano_do_cais.doc" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/264/pr-1060-_merito_legislativo_-_ladislau_pereira_-_adriano.doc" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/263/pr-1061-_medalha_rodrigo_neto_-_paulo_cesar_-_adriano.doc" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/262/pr-1062_-_medalha_de_superacao_-_juarez_pimenta_-canidia.doc" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/261/pr-1063_-medalha_jovens_notorios_-_mateus_souza-canidia.doc" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/260/pr-1064_-altera_regimento-_vereadores.doc" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/259/pr-1065_-denomina_predio_da_camara-_vereadores.doc" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/258/pr-1066_-_merito_desportivo_-_rogerio_junior-_canidia.doc" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/257/pr-1067-_merito_legislativo_maria_aparecida_-_nelio_do_abacaxi.doc" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/256/pr-1068-_honra_ao_merito__-_canidia_marilene.doc" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/255/pr-1069_-_medalha_de_merito_legislativo_-_canidia.doc" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/254/pr-1070_-altera_regimento-_vereadores.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/601/pl-2911_-_reajuste_servidores_camara_municipal-mesa_diretora.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/664/pl_-2877-_projeto_concessao_de_estacionamento_rotativo_-_beto_cavaleiro.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/665/pl_-2878_-_fogos_de_artificio_-_xingozinho.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/666/pl_-2879-_autorizacao_contratacao_temporaria_-_executivo.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/667/pl_-2880-_autorizacao_contratacao_temporaria_educacao-_executivo.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/668/pl_-2881-_doacao_kits_natalino-_executivo.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/669/pl_-2882-_projeto_concessao_de_estacionamento_em_frente_padarias_farmacia_-_beto_cavaleiro.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/670/pl_-2883-_cargos_-_mesa_diretora.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/671/pl_-2884-_abertura_de_credito_adicional_especial_-_executivo.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/672/pl-2885-_denominacao_de_logradouro_dona_estrogilda_martins_de_medeiros_-_adriano.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/673/pl-2887-_regulamentacao_sistema_rotativo_de_estacionamento_-_beto_cavaleiro.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/674/pl-2888-_abertura_de_credito_adicional-_executivo_municipal.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/675/pl_-2884-_abertura_de_credito_adicional_especial_-_executivo.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/676/pl-2890-__abertura_adicional_especial_-_executivo_municipal.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/677/pl-2891-_repasse_social-_executivo.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/678/pl-2892-_declaracao_utilidade_publica_-_eneias.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/567/pl-2893-revoga_lei_3.617-2011_denominacao_logradouro-ronilson.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/569/pl-2895_-_apae-_executivo.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/570/pl-2896_-_licoes_de_primeiros_socorros_-thiago.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/572/pl-2897_-_assistencia_nas_ubs_-_carmem.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/574/pl-2898_-_assistencia_nas_escolas_publicas_-_carmem.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/578/pl-2901_-_fixacao_salario_diretor_geral_da_camara.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/579/pl-2902_-_fixacao_valor_gratificacao_pregoeiro.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/580/pl-2903_-_denomina_centro_administrativo_municipal.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/582/pl-2904_-_autoriza_o_chefe_do_executivo_a_implementar_o_projeto_de_lei_quintas_podutivos-mulheres_em_redes_de_colaboracao_solidariaalenativa_que_gera_vida_e_renda.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/584/pl-2905_-_doacao_terreno_maconaria_-_executivo.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/585/pl-2906_-_participacao_consorcio_intermunicipal_multissetorial_do_medio_rio_piracicaba_-_consmepi-_executivo.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/589/pl-2907_-_faixa_azul-_carmem.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/590/pl-2908_-__casamento_comunitario_-thiago.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/594/pl-2909_-_autorizacao_pagamento_de_despesas_do_hospital-_executivo.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/595/pl-2910_-_ldo-_executivo.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/602/pl-2912_-utilidade__associacao_geracao-_adriano.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/603/pl-2913_-_banco_doacao_de_alimentos.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/605/pl-2915_-_mexa-se_-_ronilson_e_sandro.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/606/pl-2916-altera_denominacao_de_via_publica_na_sede_do_municipio-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/608/pl-2918_-concede_isencao_de_iptu_aos_templos_religiosos_que_nao_tem_sede_propria-luciano_ronilson_adriano.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/609/pl-2920_-_denomina_centroempreendedorismo_dom_lelis_lara.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/610/pl-2921_-__politica_municipal_de_segurnaca_e_nutricional-_executivo.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/618/pl-2922_-__cria_conselho_desenvolvimento_economico-_executivo.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/619/pl-2925_-_blitz_do_ipva_-_beto_cavaleiro.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/620/pl-2926_-convenio_executivo.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/622/pl-2928_-_convenio_com_tjmg_-_executivo.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/623/pl-2929_-_reajuste_servidores_municipais_-_executivo.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/624/pl-2930_-_lidecel_-_executivo.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/625/pl-2931_-_refis_-_executivo.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/626/pl-2932_-_mudanca_de_logradouro_-_carmem.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/627/pl-2933_-_padaria_comunitaria_-_carmen.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/628/pl-2934_-_horta_comunitaria_-_carmen.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/629/pl-2935_-_executivo_municipal.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/630/pl-2936_-_institui_e_inclui_no_calendario_municipal_o_dia_do_policial_militar_25_de_agosto-_francisquini.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/632/pl-2938_-_denominacao_de_logradouro_-_paulo_antunes.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/633/pl-2939_-_denominacao_de_logradouro_-_paulo_antunes.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/634/pl-2940_-_comtur_-_executivo.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/635/pl-2941_-_credito_adicional_especial-_executivo.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/636/pl-2942_-_denominacao_cmei_-_adriano.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/690/pl-2943_-_padaria_comunitaria_-_carmem.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/637/pl-2944_-_reducao_jornada_de_trabalho_-_carmem.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/639/pl-2945_-_esclarecimento_-lugao.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/638/pl-2946_-_loa-_orcamento_-_executivo_com_emendas.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/640/pl-2947_-_alteracao_ppa-executivo.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/642/pl-2949_-__prevencao_contra_cancer_outubro.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/643/pl-2950_-__sistema_de_politicas_publicas_sobre_drogas_cria_o_conselho_municipal_sobre_drogas_-_executivo.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/644/pl-2951_-_boca_de_lobo_ecologica_-_ronilson.doc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/645/pl-2952_-_edem_-_mudanca_de_logradouro.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/647/pl-2954_campanha_prevencao_cancer_novembro_azul.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/648/pl-2955-_estacao_azul_-_carmem.doc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/649/pl-2956-_estacao_rosa_-_carmem.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/652/pl-2958_-_informacoes_executivo_-_thiago.doc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/651/pl-2959_-_altera_da_lei_2.981_de_17_de_dezembro_de_2001_-_denominacao_logradouro_distritro_industrial.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/653/pl-2960_-_denominacao_complexo_dom_lelis_lara_-_adriano.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/654/pl-2961_-_obriga_as_empresas_concessionarias_de_servicos_publicos_a_fecharem_e_pavimentarem.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/655/pl-2962_-_cria_conselho_e_fundo_de_municipal_saneamento_basico_-_executivo.doc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/656/pl-2963-__thiago.doc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/657/pl-2964-_sopao_dos_amigos_-_beto.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/658/pl-2965-_fixacao_de_placas_profissionais_medicos_ubs_-_beto_cavaleiro.doc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/659/pl-2966_altera_ldo_e_ppa_e_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/660/pl-2967-_substitutivo_altera_lei_complementar_6_operacao_consorciada_maanaim_ouc_-_executivo.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/661/pl-2968-_altera_ldo_e_substitui_anexos_-_executivo.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/662/pl-2969-revoga_4.029_faixa_azul_-_beto.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/663/pl-2970-_iptu_vitimas_de_enchentes_-_adriano.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/604/pl-2914_-_reajuste_agentes_politicos_legislativo_municipal-mesa_diretora.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/358/pr-989_-_paroquia_sao_sebastiao_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/357/pr-990_-_cidadania_honoraria_albertino_-_xingozinho.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/355/pr-991_-__pregoeiro.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/353/pr-992_-__diretor_geral_da_camara.doc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/351/pr-993_-__diarias_servidores_e_vereadores_da_camara_-_mesa_diretora.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/349/pr-995_-__altera_regimenmto.doc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/347/pr-996_-_escola_do_legislativo_-_lugao.doc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/346/pr-997_-_merito_desportivo_-_adilio_coelho.doc" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/345/pr-998_-_cidadania_honoraria_-_adriano_-_stela.doc" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/344/pr-999_-_superacao_-edem_-maria_das_gracas.doc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/343/pr-1000-_honra_ao_merito_-_ronilson-_geraldo_magela_do_carmo.doc" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/342/pr-1001-_medalha_merito_legislativo_-_carmem-_juarez_batista_da_silva.doc" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/337/pr-1002-_medalha_rodrigo_neto_-_carmem-_bruno_costa_ribeiro.doc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/335/pr-1003-_diploma_embaixador_da_paz-_igreja_maranata_-_lugao.doc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/333/pr-1004-_medalha_do_merito_legislativo_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/332/pr-1005_-__igreja_assembleia_de_deus-marcos.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/330/pr-1006-_diploma_embaixador_da_paz_-_pastor_helio_-_thiago.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/326/pr-1007-_medalha_rodrigo_neto_-_thiago.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/325/pr-1008_-_autoriza_mudanca_da_sede_da_camara.doc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/324/pr-1009_-_beto_cavaleiro.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/323/pr-1010_-_beto_cavaleiro.doc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/322/pr-1011_-_beto_cavaleiro.doc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/321/pr-1013__merito_legislativo-__xingozinho.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/320/pr-1014__merito_legislativo-__beto.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/319/pr-1015_-_antonio_eugenio_-_xingozinho.doc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/318/pr-1016_-_prestacao_de_contas_-_2015.doc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/317/pr-1017_-_nelio.doc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/316/pr-1018_-_nelio.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/315/pr-1019-_medalha_rodrigo_neto_-xingozinho.doc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/314/pr-1020-_cidadania_honoraria_-_camem_-_geraldo_dos_anjos_antero.doc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/313/pr-1021-_merito_cultural_-_camem_-_marujos.doc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/312/pr-1022_-_cidadania_honoraria_-_ronilson_-_jose_martins_silva.doc" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/311/pr-1023_-_medalha_rodrigo_neto_-_beto_cavaleiro_-_fernando_da_rocha.doc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/310/pr-1024-_honra_ao_merito_-_empresa_casa_pinto_coelho-_adriano.doc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/309/pr-1025-_cidadao_honorario_-_izaias_jose_da_silva-_francisquini.doc" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/308/pr-1026-_marcos_da_luz-cidadania_honararia_luiz_henrique_ribeiro.doc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/307/pr-1027-_marcos_da_luz-_diploma_do_merito_cultural_ao_renan_scarpati.doc" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/306/pr-1028-_honra_ao_merito_juliano_silva_missina-_francisquini.doc" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/305/pr-1029-_francisquini-_diploma_merito_legislativo_wanderson_stenner_alves.doc" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/304/pr-1030-_francisquini-_embaixador_da_paz_wanderson_stenner_alves.doc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/303/pr-1031-_altera_regimento_interno_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/302/pr-1032-_medalha_do_merito_legislaivo_-_thiago_lucas.doc" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/301/pr-1033-_cidadao_honorario_cleusa_paiva__-_thiago_lucas.doc" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/300/pr-1034-_diploma_embaixador_da_paz-_antonio_anisio_-_adriano.doc" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/298/pr-1035_-_cidadania_honoraria_-_bonifacio_mourao_-_cristiano_do_cais.doc" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/369/pr-1036-_diploma_embaixador_da_paz-_pastor_otaviano_-_cristiano_do_cais.doc" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/297/pr-1037-_diploma_embaixador_da_paz-_levindo_pedro_goncalves_-_anirton.doc" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/295/pr-1038-_honra_ao_merito_rubem_xavier_da_costa-__anirton.doc" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/294/pr-1039-_cidadania_honoraria-_claudiney_siverio_de_sa-__anirton.doc" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/290/pr-1040-_medalha_de_merito_legislativo_-_sandro.doc" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/289/pr-1041-_cidadania_honoraria_-_sandro.doc" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/288/pr-1042_-_diploma_merito_desportivo_-_sandro.doc" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/287/pr-1043_-_embaixador_da_paz-_edem__ismael.doc" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/286/pr-1044_-_honra_ao_merito_flor_e_ser-_edem.doc" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/285/pr-1045_-_cidadania_honoraria_julia_nunes-_edem.doc" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/283/pr-1046_-_merito_legislativo-_edem-_gruo_juventude_pela_diversidade.doc" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/368/pr-1047_-_merito_cultural-_sandro.doc" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/365/pr-1048_-_jovens_notorios-_sandro.doc" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/281/pr-1049-_diploma_embaixador_da_paz_-_ronilson-_soliel.doc" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/279/pr-1050_-_merito_desportivo_adair_pedro_-_thiago.doc" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/277/pr-1051_-_embaixador_da_paz_-_nelio.doc" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/363/pr-1052_-_honra_ao_merito_-_nelio.doc" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/274/pr-1054-_cidadao_honorario_padre_paulo_-_lugao.doc" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/272/pr-1056-_nonra_ao_merito_nardielo_rocha_-_lugao.doc" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/270/pr-1056-_nonra_ao_merito_nardielo_rocha_-_lugao.doc" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/267/pr-1057-_diploma_embaixador_da_paz-_brunno_sa_-_carmem.doc" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/265/pr-1059-_diploma_de_honra_ao_merito_-_cristiano_do_cais.doc" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/264/pr-1060-_merito_legislativo_-_ladislau_pereira_-_adriano.doc" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/263/pr-1061-_medalha_rodrigo_neto_-_paulo_cesar_-_adriano.doc" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/262/pr-1062_-_medalha_de_superacao_-_juarez_pimenta_-canidia.doc" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/261/pr-1063_-medalha_jovens_notorios_-_mateus_souza-canidia.doc" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/260/pr-1064_-altera_regimento-_vereadores.doc" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/259/pr-1065_-denomina_predio_da_camara-_vereadores.doc" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/258/pr-1066_-_merito_desportivo_-_rogerio_junior-_canidia.doc" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/257/pr-1067-_merito_legislativo_maria_aparecida_-_nelio_do_abacaxi.doc" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/256/pr-1068-_honra_ao_merito__-_canidia_marilene.doc" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/255/pr-1069_-_medalha_de_merito_legislativo_-_canidia.doc" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2018/254/pr-1070_-altera_regimento-_vereadores.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H173"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="129.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="242.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="241.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>