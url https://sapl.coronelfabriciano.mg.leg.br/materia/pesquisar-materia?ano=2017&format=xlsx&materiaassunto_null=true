--- v0 (2025-12-25)
+++ v1 (2026-03-27)
@@ -54,1119 +54,1119 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
     <t>Marcos da Luz</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/492/pr-902_-_altera_regimento_interno_da_camara_art._108_-_marcos_da_luz.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/492/pr-902_-_altera_regimento_interno_da_camara_art._108_-_marcos_da_luz.doc</t>
   </si>
   <si>
     <t>Altera o Regimento Interno da Câmara Municipal de Coronel Fabriciano e dá outras providências.</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
     <t>Xingozinho</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/491/pr-903_-_cidadania_honoraria_-__dr._eduardo_tavares_vianna.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/491/pr-903_-_cidadania_honoraria_-__dr._eduardo_tavares_vianna.doc</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Honorária ao Dr. Eduardo Tavares Vianna.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/489/pr-904-autoriza_camara_municipal_mudar_o_horario_das_reuniuoes_ordinarias-mesa_diretora.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/489/pr-904-autoriza_camara_municipal_mudar_o_horario_das_reuniuoes_ordinarias-mesa_diretora.doc</t>
   </si>
   <si>
     <t>Altera o Regimento Interno da Câmara Municipal de Coronel Fabriciano.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
     <t>LUGÃO</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/488/pr-905_-cidadania_honoraria_-_senhor_diniz_pinheiro_-_lugao.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/488/pr-905_-cidadania_honoraria_-_senhor_diniz_pinheiro_-_lugao.doc</t>
   </si>
   <si>
     <t>Concede o Título de Cidadania Honorária ao Senhor Diniz Antônio Pinheiro.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/486/pr-906_-_xingozinho_-_merito_legislativo__deputado_joao_leite.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/486/pr-906_-_xingozinho_-_merito_legislativo__deputado_joao_leite.doc</t>
   </si>
   <si>
     <t>Concede a Medalha do Mérito Legislativo ao Deputado Estadual João Leite da Silva Neto.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/485/pr-907-_altera_o_regimento_interno.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/485/pr-907-_altera_o_regimento_interno.doc</t>
   </si>
   <si>
     <t>Altera a redação dos artigos 19, 20 e incisos seguintes do Regimento Interno da Câmara Municipal de Coronel Fabriciano e dá outras providências.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
     <t>ADRIANO MARTINS DE OLIVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/484/pr-908-_cidadania_honoraria_-_adriano.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/484/pr-908-_cidadania_honoraria_-_adriano.doc</t>
   </si>
   <si>
     <t>Concede o Título de Cidadania Honorária ao Senhor Hercílio Araújo Dinis Filho.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
     <t>THIAGO LUCAS</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/483/pr-909-_medalha_de_superacao_a_jackson_hans_araujo_-_thiago_lucas.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/483/pr-909-_medalha_de_superacao_a_jackson_hans_araujo_-_thiago_lucas.doc</t>
   </si>
   <si>
     <t>Concede Medalha de Superação ao Senhor Jackson Hans Araújo.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/482/pr-910-mesa_diretora.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/482/pr-910-mesa_diretora.doc</t>
   </si>
   <si>
     <t>Altera o artigo 89 da Resolução nº 369 de 2009 que “Estabelece o Regimento Interno da Câmara Municipal de Coronel Fabriciano.</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/481/pr-911-_altera_ri_-_mesa_diretora.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/481/pr-911-_altera_ri_-_mesa_diretora.doc</t>
   </si>
   <si>
     <t>Altera os artigos 19 e 20 da Resolução nº 369 de 2009 que “Estabelece o Regimento Interno da Câmara Municipal de Coronel Fabriciano.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
     <t>CANÍDIA</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/479/pr-912-_cidadania_honoraria_-_canidia.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/479/pr-912-_cidadania_honoraria_-_canidia.doc</t>
   </si>
   <si>
     <t>Concede o Título de Cidadania Honorária ao Senhor Dr. Milton Afonso Ferreira.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
     <t>BETO CAVALEIRO</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/477/pr-913-_diploma_embaixador_da_paz_-_beto_cavaleiro.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/477/pr-913-_diploma_embaixador_da_paz_-_beto_cavaleiro.doc</t>
   </si>
   <si>
     <t>Concede Diploma do Embaixador da Paz ao Senhor Sebastião Fernandes da Silva.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
     <t>Sargento Francisquni</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/476/pr-914-_diploma_embaixador_da_paz_-_francisquini.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/476/pr-914-_diploma_embaixador_da_paz_-_francisquini.doc</t>
   </si>
   <si>
     <t>Concede Diploma do Embaixador da Paz ao 1º Sargento Senhor Delvino Alves Nogueira.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/475/pr-915-criacao_da_frente_contra_aexploracao_sexual_de_criancas_e_adolescentes.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/475/pr-915-criacao_da_frente_contra_aexploracao_sexual_de_criancas_e_adolescentes.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da “Frente Parlamentar de Enfrentamento a Exploração Sexual de Crianças e Adolescentes e dá outras providências.</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/474/pr-916-_diploma_embaixador_da_paz_-_prof._edem.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/474/pr-916-_diploma_embaixador_da_paz_-_prof._edem.doc</t>
   </si>
   <si>
     <t>Concede Título de Embaixador da Paz ao Senhor Pr. Harrisson Assis de Castro.</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/473/pr-917-_diploma_embaixador_da_paz_-_adriano.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/473/pr-917-_diploma_embaixador_da_paz_-_adriano.doc</t>
   </si>
   <si>
     <t>Concede Diploma do Embaixador da Paz a Sandra Maria Damasceno Costa.</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
     <t>CRISTIANO DO CAIS</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Concede Diploma do Embaixador da Paz ao Senhor Pr. Wesler Dias Tavares.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
     <t>– Carmem do Sinttrocel</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/469/pr-919-_diploma_embaixador_da_paz_-_carmem_-_pastor_hermes_marques.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/469/pr-919-_diploma_embaixador_da_paz_-_carmem_-_pastor_hermes_marques.doc</t>
   </si>
   <si>
     <t>Concede Diploma do Embaixador da Paz ao Senhor Pr. Hermes Marques.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
     <t>RONILSON BURRINHO</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/468/pr-920-_diploma_embaixador_da_paz_-_ronilson-_ismael.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/468/pr-920-_diploma_embaixador_da_paz_-_ronilson-_ismael.doc</t>
   </si>
   <si>
     <t>Concede Diploma do Embaixador da Paz ao Pastor Ismael Coelho de Jesus.</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/467/pr-921-prestacoes_de_contas_2014_-_rosangela.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/467/pr-921-prestacoes_de_contas_2014_-_rosangela.doc</t>
   </si>
   <si>
     <t>Dispõe sobre o julgamento da Prestação de Contas da Prefeitura Municipal de Coronel Fabriciano, relativa ao ano de 2014.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
     <t>Professor Edem</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão do DIPLOMA DE HONRA AO MÉRITO a OSMAR MANUSETO DA ROCHA.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
     <t>Relé</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/463/pr-923-embaixador_da_paz_-_senhor_pr._ronaldo_sabino_do_nascimento_-_rele.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/463/pr-923-embaixador_da_paz_-_senhor_pr._ronaldo_sabino_do_nascimento_-_rele.doc</t>
   </si>
   <si>
     <t>Concede Diploma do Embaixador da Paz ao Senhor Pr. Ronaldo Sabino do Nascimento.</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
     <t>Dr. Sandro</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/461/pr-924-_embaixador_da_paz_-_doutor_sandro-_pr._franklin_roberto.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/461/pr-924-_embaixador_da_paz_-_doutor_sandro-_pr._franklin_roberto.doc</t>
   </si>
   <si>
     <t>Concede Diploma do Embaixador da Paz a Pr. Franklin Roberto de Lima Sousa.</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/460/pr-925-_embaixador_da_paz_-_thiago_lucas.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/460/pr-925-_embaixador_da_paz_-_thiago_lucas.doc</t>
   </si>
   <si>
     <t>Concede Diploma do Embaixador da Paz ao Boxeador Luis Eduardo Souza.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/459/pr-926-_cidadania_honoraria_-_cristiano.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/459/pr-926-_cidadania_honoraria_-_cristiano.doc</t>
   </si>
   <si>
     <t>Concede o Título de Cidadania Honorária ao Senhor Naohiro Doi.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
     <t>Concede titulo de cidadão Honorário do Município de Coronel Fabriciano a Leida Hermsdorff Horts Gomes.</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/454/pr-928-autoriza_camara_municipal_mudar_o_horario_das_reuniuoes_ordinarias.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/454/pr-928-autoriza_camara_municipal_mudar_o_horario_das_reuniuoes_ordinarias.doc</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/453/pr-929-__carmem-_cidadania_honoraria_rodrigo_henrique_da_silva.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/453/pr-929-__carmem-_cidadania_honoraria_rodrigo_henrique_da_silva.doc</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Honorária ao Senhor Rodrigo Henrique da silva.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/452/pr-930-__dr._sandro-_honra_ao_merito_a_empresa_cenibra.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/452/pr-930-__dr._sandro-_honra_ao_merito_a_empresa_cenibra.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão do DIPLOMA DE HONRA AO MÉRITO ao Instituto Cenibra.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/451/pr-931_-_cidadania_honoraria_-_-israel_-_xingozinho.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/451/pr-931_-_cidadania_honoraria_-_-israel_-_xingozinho.doc</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Honorária ao Senhor Israel de Paula Ferreira.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/450/pr-932-honra_ao_merito_-_vicente_sampaio-adriano_martins.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/450/pr-932-honra_ao_merito_-_vicente_sampaio-adriano_martins.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão do DIPLOMA DE HONRA AO MÉRITO a VICENTE SAMPAIO.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/449/pr-933-_concede_titulo_de_cidadania_honoraria_ao_senhor_francisco_de_assis_oliveira_azevedo__-_beto_cavalheiro.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/449/pr-933-_concede_titulo_de_cidadania_honoraria_ao_senhor_francisco_de_assis_oliveira_azevedo__-_beto_cavalheiro.doc</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Honorária ao Senhor Francisco de Assis Oliveira Azevedo.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/448/pr-934-_medalha_de_merito_legislativo-_cristiano_do_cais-beto_hudson.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/448/pr-934-_medalha_de_merito_legislativo-_cristiano_do_cais-beto_hudson.doc</t>
   </si>
   <si>
     <t>Concede Medalha de Mérito Legislativo ao Senhor Hudson Roberto Lino, neste município.</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/447/pr-935-_honra_ao_merito-aba-_cristiano_do_cais.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/447/pr-935-_honra_ao_merito-aba-_cristiano_do_cais.doc</t>
   </si>
   <si>
     <t>Concede o Título de Honra ao Mérito a Associação Beneficente Ágape –ABA.</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/446/pr-936-_merito_legislativo_roberto_carlos_muniz___-__adriano.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/446/pr-936-_merito_legislativo_roberto_carlos_muniz___-__adriano.doc</t>
   </si>
   <si>
     <t>Concede Medalha do Mérito Legislativo ao Senhor Roberto Carlos Muniz.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/445/pr-937-_merito_legislativo_-_ronilson-beto.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/445/pr-937-_merito_legislativo_-_ronilson-beto.doc</t>
   </si>
   <si>
     <t>Concede Medalha do Mérito Legislativo ao Vereador Roberto Rodrigues – Beto Cavaleiro.</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/444/pr-938-_honra_ao_merito_-_ronilson-_miniong.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/444/pr-938-_honra_ao_merito_-_ronilson-_miniong.doc</t>
   </si>
   <si>
     <t>Concede Diploma de Honra ao Mérito a MINI-ONG “ajude-nos a ajudar.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
     <t>Enéias  Reis</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/443/pr-939-_cidadania_honoraria_-_eneias_-_elias_caetano.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/443/pr-939-_cidadania_honoraria_-_eneias_-_elias_caetano.doc</t>
   </si>
   <si>
     <t>Concede o Título de Cidadania Honorária ao Senhor Elias Caetano Ferreira.</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/442/pr-940-_concede_medalha_do_merito_legislativo_ao_flaviano_dueli_de_souza__-_thiago_lucas.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/442/pr-940-_concede_medalha_do_merito_legislativo_ao_flaviano_dueli_de_souza__-_thiago_lucas.doc</t>
   </si>
   <si>
     <t>Concede Medalha do Mérito Legislativo ao Flaviano Dueli de Souza.</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/441/pr-941-_concede_o_diploma_do_embaixador_da_paz_ao_pastor_eliomar_botelho__-_thiago_lucas.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/441/pr-941-_concede_o_diploma_do_embaixador_da_paz_ao_pastor_eliomar_botelho__-_thiago_lucas.doc</t>
   </si>
   <si>
     <t>Concede o Diploma do Embaixador da Paz ao Pastor Eliomar Botelho.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/440/pr-942-concede_titulo_de_cidadania_honoraria_ao_senhor_vicente_cotta_neste_municipio__-_thiago_lucas.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/440/pr-942-concede_titulo_de_cidadania_honoraria_ao_senhor_vicente_cotta_neste_municipio__-_thiago_lucas.doc</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Honorária ao Senhor Vicente Cotta, neste município.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/439/pr-943-_concede_o_diploma_de_honra_ao_merito_a_fabiana_rose_firmino__-_thiago_lucas.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/439/pr-943-_concede_o_diploma_de_honra_ao_merito_a_fabiana_rose_firmino__-_thiago_lucas.doc</t>
   </si>
   <si>
     <t>Concede o Diploma de Honra ao Mérito a Fabiana Rose Firmino.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/438/pr-944-_concede_diploma_de_honra_ao_merito_ao_laboratorio_sao_sebastiao__-_eneis_reis.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/438/pr-944-_concede_diploma_de_honra_ao_merito_ao_laboratorio_sao_sebastiao__-_eneis_reis.doc</t>
   </si>
   <si>
     <t>Concede Diploma de Honra ao Mérito ao Laboratório São Sebastião.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/437/pr-945-_medalha_do_merito_legislativo_-_ronaldo_-_marcos_da_luz.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/437/pr-945-_medalha_do_merito_legislativo_-_ronaldo_-_marcos_da_luz.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de Diploma de Honra ao Mérito ao Senhor Ronaldo Cirilo Ribeiro.</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/436/pr-946-de_cidadania_honoraria_-_ladislau-_cidadania_honoraria_-marcos_da_luz.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/436/pr-946-de_cidadania_honoraria_-_ladislau-_cidadania_honoraria_-marcos_da_luz.doc</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Honorária ao senhor Sr. Sebastião Ladislau dos Santos.</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/435/pr-947-_embaixador_da_paz_-_itamar_-marcos_da_luz.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/435/pr-947-_embaixador_da_paz_-_itamar_-marcos_da_luz.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de Diploma do Embaixador da Paz ao Senhor Itamar Aparecido Rosa.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/434/pr-948-_altera_regimento_interno_-_marcos_da_luz.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/434/pr-948-_altera_regimento_interno_-_marcos_da_luz.doc</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/433/pr-949_-medalha_do_merito_legislativo_-_nelsinho_-_marcos_da_luz.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/433/pr-949_-medalha_do_merito_legislativo_-_nelsinho_-_marcos_da_luz.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de Medalha do Mérito Legislativo ao Senhor Luiz Nelson Soares.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/432/pr-950_-_lu_da_farmacia_-_honra_ao_merito_-_lugao.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/432/pr-950_-_lu_da_farmacia_-_honra_ao_merito_-_lugao.doc</t>
   </si>
   <si>
     <t>Institui Título de Honra ao Mérito ao Senhor Carlos Roberto do Santos.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/431/pr-951_-_wanderci_-_meerito_legislativo_-_beto.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/431/pr-951_-_wanderci_-_meerito_legislativo_-_beto.doc</t>
   </si>
   <si>
     <t>Concede Medalha do Mérito Legislativo ao Senhor Wanderci do Carmo Alves.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/430/pr-952_-__merito_legislativo_-_everton_-_lugao.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/430/pr-952_-__merito_legislativo_-_everton_-_lugao.doc</t>
   </si>
   <si>
     <t>Concede Medalha do Mérito Legislativo ao Senhor Everton Campos.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/429/pr-953_-__embaixador_da_paz_-_radio_educadora_-_lugao.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/429/pr-953_-__embaixador_da_paz_-_radio_educadora_-_lugao.doc</t>
   </si>
   <si>
     <t>Concede o título de Embaixador da Paz a Rádio Educadora Evangelizadora.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/428/pr-954_-_medalha_jovens_notorios_-_romario_-_eneias.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/428/pr-954_-_medalha_jovens_notorios_-_romario_-_eneias.doc</t>
   </si>
   <si>
     <t>Concede a Medalha Jovens Notórios a Romário de Souza.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/427/pr-955_-_embaixador_da_paz_ao_senhor_raimundo_gilson_da_silva_-_eneias.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/427/pr-955_-_embaixador_da_paz_ao_senhor_raimundo_gilson_da_silva_-_eneias.doc</t>
   </si>
   <si>
     <t>Concede Diploma de Embaixador da Paz ao Senhor Raimundo Gilson da Silva.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/426/pr-956_-_honra_ao_merito_-edmar_-_beto_cavaleiro.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/426/pr-956_-_honra_ao_merito_-edmar_-_beto_cavaleiro.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga do Título de Honra ao Mérito ao Senhor Edmar Soares Sousa.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/425/pr-957_-_cidadania_honoraria-_mauro_lucas_-_ronilson.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/425/pr-957_-_cidadania_honoraria-_mauro_lucas_-_ronilson.doc</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Honorária ao Senhor Mauro Lucas da Silva.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/424/pr-958-__dr._sandro-__merito_alegislativo_-.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/424/pr-958-__dr._sandro-__merito_alegislativo_-.doc</t>
   </si>
   <si>
     <t>Concede Medalha de Mérito Legislativo ao Dr. Denner Franco Reis, neste município.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
     <t>Nélio do Abacaxi</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/423/pr-959-__nelio_do_abacaxi-__cidadania_honoraria__-_roberto_carlos_muniz.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/423/pr-959-__nelio_do_abacaxi-__cidadania_honoraria__-_roberto_carlos_muniz.doc</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Honorária ao Senhor Roberto Carlos Muniz, neste município.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/422/pr-960-__nelio_do_abacaxi-_embaixador_da_paz__-__marcio_lima_souza.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/422/pr-960-__nelio_do_abacaxi-_embaixador_da_paz__-__marcio_lima_souza.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão do Diploma do Embaixador da Paz ao Senhor Marcio Lima Souza.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/420/pr-961-__nelio_do_abacaxi-_honra_ao_merito__-_wilson_geraldo_nogueira.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/420/pr-961-__nelio_do_abacaxi-_honra_ao_merito__-_wilson_geraldo_nogueira.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de Diploma de Honra ao Mérito ao Senhor Wilson Geraldo Nogueira.</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>962</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/419/pr-962-__nelio_do_abacaxi-__merito_legislativo__-_flavia_andrade_freitas.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/419/pr-962-__nelio_do_abacaxi-__merito_legislativo__-_flavia_andrade_freitas.doc</t>
   </si>
   <si>
     <t>Concede Medalha do Mérito Legislativo a Senhora Flavia Andrade Freitas.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>963</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/418/pr-963_-_honra_ao_merito_loja_maconica_justica_e_paz_-_xingozinho.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/418/pr-963_-_honra_ao_merito_loja_maconica_justica_e_paz_-_xingozinho.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga do Diploma de Honra ao Mérito à Augusta e Respeitável Loja Simbólica União e Justiça de Coronel Fabriciano.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/417/pr-964_-_medalha_merito_legislativo_-_sadi_lucca-_francisquini.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/417/pr-964_-_medalha_merito_legislativo_-_sadi_lucca-_francisquini.doc</t>
   </si>
   <si>
     <t>Concede Medalha do Mérito Legislativo Sr Sadi Lucca.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/416/pr-965_-_cidadania_honoraria_-_geraldo_costa-_francisquini.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/416/pr-965_-_cidadania_honoraria_-_geraldo_costa-_francisquini.doc</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Honorária ao Senhor Geraldo da Costa.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/415/pr-966_-_honra_merito_-_israel_batista-_francisquini.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/415/pr-966_-_honra_merito_-_israel_batista-_francisquini.doc</t>
   </si>
   <si>
     <t>Concede Diploma de Honra ao Mérito ao Sr. Israel Batista da Costa.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/414/pr-967_-_medalha_merito_legislativo_-_maria_assuncao-_edem.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/414/pr-967_-_medalha_merito_legislativo_-_maria_assuncao-_edem.doc</t>
   </si>
   <si>
     <t>Concede Medalha do Mérito Legislativo à cidadã Maria Assunção Santos Fonseca.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/413/pr-968-_honra_ao_merito_-_sr._ernandes_guido_correa_-_carmem.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/413/pr-968-_honra_ao_merito_-_sr._ernandes_guido_correa_-_carmem.doc</t>
   </si>
   <si>
     <t>Concede Diploma de Honra ao Mérito ao Senhor Ernandes Guido Correa (Tute).</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/412/pr-969_-_xingozinho_-_merito_legislativo__jonair_cordeiro.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/412/pr-969_-_xingozinho_-_merito_legislativo__jonair_cordeiro.doc</t>
   </si>
   <si>
     <t>Concede a Medalha do Mérito Legislativo ao Senhor Jonair Cordeiro Silva.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/411/pr-970_-_carmem_-_merito_desportivo-__pedro_da_silveira_neto.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/411/pr-970_-_carmem_-_merito_desportivo-__pedro_da_silveira_neto.doc</t>
   </si>
   <si>
     <t>Concede Diploma do Mérito Desportivo ao Diretor João Pedro da Silveira Neto, (Pedrinho).</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/410/pr-971_-_xingozinho_-_embaixador_da_paz-helio_miranda.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/410/pr-971_-_xingozinho_-_embaixador_da_paz-helio_miranda.doc</t>
   </si>
   <si>
     <t>Concede Diploma do Embaixador da Paz ao Pastor  Hélio Miranda de Almeida.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/409/pr-972_-_carmem_-_merito_legislativo-carmem.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/409/pr-972_-_carmem_-_merito_legislativo-carmem.doc</t>
   </si>
   <si>
     <t>Concede Diploma do Mérito Legislativo ao Doriedison Botelho.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
     <t>MILTINHO DO SACOLÃO</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/408/pr-973_-_geraldo_bonifacio_-_merito_legislativo-__miltinho.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/408/pr-973_-_geraldo_bonifacio_-_merito_legislativo-__miltinho.doc</t>
   </si>
   <si>
     <t>Concede Diploma do Mérito Legislativo ao Geraldo Bonifácio da Silva.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/407/pr-974-_honra_ao_merito_-_sr._jose_fernandes_bahia_-_anirton.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/407/pr-974-_honra_ao_merito_-_sr._jose_fernandes_bahia_-_anirton.doc</t>
   </si>
   <si>
     <t>Concede Diploma de Honra ao Mérito ao Senhor José Fernandes Bahia.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/406/pr-975-_cidadania_honoraria_geraldo__celio_-_anirton.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/406/pr-975-_cidadania_honoraria_geraldo__celio_-_anirton.doc</t>
   </si>
   <si>
     <t>Concede o Título de Cidadania Honorária ao Senhor Dr. Geraldo Célio Medeiros Dias.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/405/pr-976_-jaider_-_embaixador_da_paz-_anirton.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/405/pr-976_-jaider_-_embaixador_da_paz-_anirton.doc</t>
   </si>
   <si>
     <t>Concede Diploma do Embaixador da Paz ao Senhor Jaider Alves Carvalho.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
     <t>Número não utilizado.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/404/pr-978-_cidadania_honoraria_dr_luiz_hoper.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/404/pr-978-_cidadania_honoraria_dr_luiz_hoper.doc</t>
   </si>
   <si>
     <t>Concede o Título de Cidadania Honorária ao Dr. Luiz Antônio Hooper de Souza.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/403/pr-979-_cidadania_honoraria_-_sergio_lovaglio.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/403/pr-979-_cidadania_honoraria_-_sergio_lovaglio.doc</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário do Município de Coronel Fabriciano ao Dr. Sérgio Augusto Lovaglio.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/402/pr-980-_cidadania_honoraria_-_dr._enio_jose.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/402/pr-980-_cidadania_honoraria_-_dr._enio_jose.doc</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário do Município de Coronel Fabriciano ao Dr. Ênio José de Souza.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/401/pr-981-transferencia_da_camara.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/401/pr-981-transferencia_da_camara.doc</t>
   </si>
   <si>
     <t>Dispõe sobre transferência provisória da sede da Câmara Municipal.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/400/pr-983-_zumbi_de_palmares_-_glasdstone_-_sandro.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/400/pr-983-_zumbi_de_palmares_-_glasdstone_-_sandro.doc</t>
   </si>
   <si>
     <t>Concede a Medalha do Mérito Legislativo ao Dr. Marcos Vinicius da Silva Bizarro.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/399/pr-983-_zumbi_de_palmares_-_glasdstone_-_sandro.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/399/pr-983-_zumbi_de_palmares_-_glasdstone_-_sandro.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão da MEDALHA ZUMBI DOS PALMARES ao Sr. Gladstone Otoni dos Anjos.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/398/pr-984-_cria_comissao_-_mesa.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/398/pr-984-_cria_comissao_-_mesa.doc</t>
   </si>
   <si>
     <t>Cria a “Comissão Permanente de Segurança Pública”, altera e acrescenta dispositivos à Resolução nº 369 de 2009 que “Estabelece o Regimento Interno da Câmara Municipal de Coronel Fabriciano”.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/397/pr-985-_diploma_embaixador_da_paz_-_lugao.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/397/pr-985-_diploma_embaixador_da_paz_-_lugao.doc</t>
   </si>
   <si>
     <t>Concede Diploma do Embaixador da Paz o Senhor Urias Paulo da Cruz.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/396/pr-986_-canidia_-_merito_legislativo_-_breno.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/396/pr-986_-canidia_-_merito_legislativo_-_breno.doc</t>
   </si>
   <si>
     <t>Concede a Medalha do Mérito Legislativo ao Senhor Breno Mendes Ferreira.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/394/pr-987-_convenio_pcmg.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/394/pr-987-_convenio_pcmg.doc</t>
   </si>
   <si>
     <t>Autoriza o Presidente da Câmara a celebrar convênio com a Polícia Civil de Minas Gerais objetivando a cessão de servidores para prestarem serviços na 8ª Delegacia de Policia Civil com sede em Coronel Fabriciano-MG.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
-    <t>https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/395/pr-988-_honra_ao_merito_-_sr._washington_-_lugao.doc</t>
+    <t>http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/395/pr-988-_honra_ao_merito_-_sr._washington_-_lugao.doc</t>
   </si>
   <si>
     <t>Concede Diploma de Honra ao Mérito ao Senhor WASHINGTON LEÃO ESTEVAM.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1473,68 +1473,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/492/pr-902_-_altera_regimento_interno_da_camara_art._108_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/491/pr-903_-_cidadania_honoraria_-__dr._eduardo_tavares_vianna.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/489/pr-904-autoriza_camara_municipal_mudar_o_horario_das_reuniuoes_ordinarias-mesa_diretora.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/488/pr-905_-cidadania_honoraria_-_senhor_diniz_pinheiro_-_lugao.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/486/pr-906_-_xingozinho_-_merito_legislativo__deputado_joao_leite.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/485/pr-907-_altera_o_regimento_interno.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/484/pr-908-_cidadania_honoraria_-_adriano.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/483/pr-909-_medalha_de_superacao_a_jackson_hans_araujo_-_thiago_lucas.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/482/pr-910-mesa_diretora.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/481/pr-911-_altera_ri_-_mesa_diretora.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/479/pr-912-_cidadania_honoraria_-_canidia.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/477/pr-913-_diploma_embaixador_da_paz_-_beto_cavaleiro.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/476/pr-914-_diploma_embaixador_da_paz_-_francisquini.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/475/pr-915-criacao_da_frente_contra_aexploracao_sexual_de_criancas_e_adolescentes.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/474/pr-916-_diploma_embaixador_da_paz_-_prof._edem.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/473/pr-917-_diploma_embaixador_da_paz_-_adriano.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/469/pr-919-_diploma_embaixador_da_paz_-_carmem_-_pastor_hermes_marques.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/468/pr-920-_diploma_embaixador_da_paz_-_ronilson-_ismael.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/467/pr-921-prestacoes_de_contas_2014_-_rosangela.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/463/pr-923-embaixador_da_paz_-_senhor_pr._ronaldo_sabino_do_nascimento_-_rele.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/461/pr-924-_embaixador_da_paz_-_doutor_sandro-_pr._franklin_roberto.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/460/pr-925-_embaixador_da_paz_-_thiago_lucas.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/459/pr-926-_cidadania_honoraria_-_cristiano.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/454/pr-928-autoriza_camara_municipal_mudar_o_horario_das_reuniuoes_ordinarias.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/453/pr-929-__carmem-_cidadania_honoraria_rodrigo_henrique_da_silva.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/452/pr-930-__dr._sandro-_honra_ao_merito_a_empresa_cenibra.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/451/pr-931_-_cidadania_honoraria_-_-israel_-_xingozinho.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/450/pr-932-honra_ao_merito_-_vicente_sampaio-adriano_martins.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/449/pr-933-_concede_titulo_de_cidadania_honoraria_ao_senhor_francisco_de_assis_oliveira_azevedo__-_beto_cavalheiro.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/448/pr-934-_medalha_de_merito_legislativo-_cristiano_do_cais-beto_hudson.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/447/pr-935-_honra_ao_merito-aba-_cristiano_do_cais.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/446/pr-936-_merito_legislativo_roberto_carlos_muniz___-__adriano.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/445/pr-937-_merito_legislativo_-_ronilson-beto.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/444/pr-938-_honra_ao_merito_-_ronilson-_miniong.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/443/pr-939-_cidadania_honoraria_-_eneias_-_elias_caetano.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/442/pr-940-_concede_medalha_do_merito_legislativo_ao_flaviano_dueli_de_souza__-_thiago_lucas.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/441/pr-941-_concede_o_diploma_do_embaixador_da_paz_ao_pastor_eliomar_botelho__-_thiago_lucas.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/440/pr-942-concede_titulo_de_cidadania_honoraria_ao_senhor_vicente_cotta_neste_municipio__-_thiago_lucas.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/439/pr-943-_concede_o_diploma_de_honra_ao_merito_a_fabiana_rose_firmino__-_thiago_lucas.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/438/pr-944-_concede_diploma_de_honra_ao_merito_ao_laboratorio_sao_sebastiao__-_eneis_reis.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/437/pr-945-_medalha_do_merito_legislativo_-_ronaldo_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/436/pr-946-de_cidadania_honoraria_-_ladislau-_cidadania_honoraria_-marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/435/pr-947-_embaixador_da_paz_-_itamar_-marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/434/pr-948-_altera_regimento_interno_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/433/pr-949_-medalha_do_merito_legislativo_-_nelsinho_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/432/pr-950_-_lu_da_farmacia_-_honra_ao_merito_-_lugao.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/431/pr-951_-_wanderci_-_meerito_legislativo_-_beto.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/430/pr-952_-__merito_legislativo_-_everton_-_lugao.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/429/pr-953_-__embaixador_da_paz_-_radio_educadora_-_lugao.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/428/pr-954_-_medalha_jovens_notorios_-_romario_-_eneias.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/427/pr-955_-_embaixador_da_paz_ao_senhor_raimundo_gilson_da_silva_-_eneias.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/426/pr-956_-_honra_ao_merito_-edmar_-_beto_cavaleiro.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/425/pr-957_-_cidadania_honoraria-_mauro_lucas_-_ronilson.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/424/pr-958-__dr._sandro-__merito_alegislativo_-.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/423/pr-959-__nelio_do_abacaxi-__cidadania_honoraria__-_roberto_carlos_muniz.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/422/pr-960-__nelio_do_abacaxi-_embaixador_da_paz__-__marcio_lima_souza.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/420/pr-961-__nelio_do_abacaxi-_honra_ao_merito__-_wilson_geraldo_nogueira.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/419/pr-962-__nelio_do_abacaxi-__merito_legislativo__-_flavia_andrade_freitas.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/418/pr-963_-_honra_ao_merito_loja_maconica_justica_e_paz_-_xingozinho.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/417/pr-964_-_medalha_merito_legislativo_-_sadi_lucca-_francisquini.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/416/pr-965_-_cidadania_honoraria_-_geraldo_costa-_francisquini.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/415/pr-966_-_honra_merito_-_israel_batista-_francisquini.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/414/pr-967_-_medalha_merito_legislativo_-_maria_assuncao-_edem.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/413/pr-968-_honra_ao_merito_-_sr._ernandes_guido_correa_-_carmem.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/412/pr-969_-_xingozinho_-_merito_legislativo__jonair_cordeiro.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/411/pr-970_-_carmem_-_merito_desportivo-__pedro_da_silveira_neto.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/410/pr-971_-_xingozinho_-_embaixador_da_paz-helio_miranda.doc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/409/pr-972_-_carmem_-_merito_legislativo-carmem.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/408/pr-973_-_geraldo_bonifacio_-_merito_legislativo-__miltinho.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/407/pr-974-_honra_ao_merito_-_sr._jose_fernandes_bahia_-_anirton.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/406/pr-975-_cidadania_honoraria_geraldo__celio_-_anirton.doc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/405/pr-976_-jaider_-_embaixador_da_paz-_anirton.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/404/pr-978-_cidadania_honoraria_dr_luiz_hoper.doc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/403/pr-979-_cidadania_honoraria_-_sergio_lovaglio.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/402/pr-980-_cidadania_honoraria_-_dr._enio_jose.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/401/pr-981-transferencia_da_camara.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/400/pr-983-_zumbi_de_palmares_-_glasdstone_-_sandro.doc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/399/pr-983-_zumbi_de_palmares_-_glasdstone_-_sandro.doc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/398/pr-984-_cria_comissao_-_mesa.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/397/pr-985-_diploma_embaixador_da_paz_-_lugao.doc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/396/pr-986_-canidia_-_merito_legislativo_-_breno.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/394/pr-987-_convenio_pcmg.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/395/pr-988-_honra_ao_merito_-_sr._washington_-_lugao.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/492/pr-902_-_altera_regimento_interno_da_camara_art._108_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/491/pr-903_-_cidadania_honoraria_-__dr._eduardo_tavares_vianna.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/489/pr-904-autoriza_camara_municipal_mudar_o_horario_das_reuniuoes_ordinarias-mesa_diretora.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/488/pr-905_-cidadania_honoraria_-_senhor_diniz_pinheiro_-_lugao.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/486/pr-906_-_xingozinho_-_merito_legislativo__deputado_joao_leite.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/485/pr-907-_altera_o_regimento_interno.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/484/pr-908-_cidadania_honoraria_-_adriano.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/483/pr-909-_medalha_de_superacao_a_jackson_hans_araujo_-_thiago_lucas.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/482/pr-910-mesa_diretora.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/481/pr-911-_altera_ri_-_mesa_diretora.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/479/pr-912-_cidadania_honoraria_-_canidia.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/477/pr-913-_diploma_embaixador_da_paz_-_beto_cavaleiro.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/476/pr-914-_diploma_embaixador_da_paz_-_francisquini.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/475/pr-915-criacao_da_frente_contra_aexploracao_sexual_de_criancas_e_adolescentes.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/474/pr-916-_diploma_embaixador_da_paz_-_prof._edem.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/473/pr-917-_diploma_embaixador_da_paz_-_adriano.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/469/pr-919-_diploma_embaixador_da_paz_-_carmem_-_pastor_hermes_marques.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/468/pr-920-_diploma_embaixador_da_paz_-_ronilson-_ismael.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/467/pr-921-prestacoes_de_contas_2014_-_rosangela.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/463/pr-923-embaixador_da_paz_-_senhor_pr._ronaldo_sabino_do_nascimento_-_rele.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/461/pr-924-_embaixador_da_paz_-_doutor_sandro-_pr._franklin_roberto.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/460/pr-925-_embaixador_da_paz_-_thiago_lucas.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/459/pr-926-_cidadania_honoraria_-_cristiano.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/454/pr-928-autoriza_camara_municipal_mudar_o_horario_das_reuniuoes_ordinarias.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/453/pr-929-__carmem-_cidadania_honoraria_rodrigo_henrique_da_silva.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/452/pr-930-__dr._sandro-_honra_ao_merito_a_empresa_cenibra.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/451/pr-931_-_cidadania_honoraria_-_-israel_-_xingozinho.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/450/pr-932-honra_ao_merito_-_vicente_sampaio-adriano_martins.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/449/pr-933-_concede_titulo_de_cidadania_honoraria_ao_senhor_francisco_de_assis_oliveira_azevedo__-_beto_cavalheiro.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/448/pr-934-_medalha_de_merito_legislativo-_cristiano_do_cais-beto_hudson.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/447/pr-935-_honra_ao_merito-aba-_cristiano_do_cais.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/446/pr-936-_merito_legislativo_roberto_carlos_muniz___-__adriano.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/445/pr-937-_merito_legislativo_-_ronilson-beto.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/444/pr-938-_honra_ao_merito_-_ronilson-_miniong.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/443/pr-939-_cidadania_honoraria_-_eneias_-_elias_caetano.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/442/pr-940-_concede_medalha_do_merito_legislativo_ao_flaviano_dueli_de_souza__-_thiago_lucas.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/441/pr-941-_concede_o_diploma_do_embaixador_da_paz_ao_pastor_eliomar_botelho__-_thiago_lucas.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/440/pr-942-concede_titulo_de_cidadania_honoraria_ao_senhor_vicente_cotta_neste_municipio__-_thiago_lucas.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/439/pr-943-_concede_o_diploma_de_honra_ao_merito_a_fabiana_rose_firmino__-_thiago_lucas.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/438/pr-944-_concede_diploma_de_honra_ao_merito_ao_laboratorio_sao_sebastiao__-_eneis_reis.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/437/pr-945-_medalha_do_merito_legislativo_-_ronaldo_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/436/pr-946-de_cidadania_honoraria_-_ladislau-_cidadania_honoraria_-marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/435/pr-947-_embaixador_da_paz_-_itamar_-marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/434/pr-948-_altera_regimento_interno_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/433/pr-949_-medalha_do_merito_legislativo_-_nelsinho_-_marcos_da_luz.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/432/pr-950_-_lu_da_farmacia_-_honra_ao_merito_-_lugao.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/431/pr-951_-_wanderci_-_meerito_legislativo_-_beto.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/430/pr-952_-__merito_legislativo_-_everton_-_lugao.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/429/pr-953_-__embaixador_da_paz_-_radio_educadora_-_lugao.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/428/pr-954_-_medalha_jovens_notorios_-_romario_-_eneias.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/427/pr-955_-_embaixador_da_paz_ao_senhor_raimundo_gilson_da_silva_-_eneias.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/426/pr-956_-_honra_ao_merito_-edmar_-_beto_cavaleiro.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/425/pr-957_-_cidadania_honoraria-_mauro_lucas_-_ronilson.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/424/pr-958-__dr._sandro-__merito_alegislativo_-.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/423/pr-959-__nelio_do_abacaxi-__cidadania_honoraria__-_roberto_carlos_muniz.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/422/pr-960-__nelio_do_abacaxi-_embaixador_da_paz__-__marcio_lima_souza.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/420/pr-961-__nelio_do_abacaxi-_honra_ao_merito__-_wilson_geraldo_nogueira.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/419/pr-962-__nelio_do_abacaxi-__merito_legislativo__-_flavia_andrade_freitas.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/418/pr-963_-_honra_ao_merito_loja_maconica_justica_e_paz_-_xingozinho.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/417/pr-964_-_medalha_merito_legislativo_-_sadi_lucca-_francisquini.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/416/pr-965_-_cidadania_honoraria_-_geraldo_costa-_francisquini.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/415/pr-966_-_honra_merito_-_israel_batista-_francisquini.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/414/pr-967_-_medalha_merito_legislativo_-_maria_assuncao-_edem.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/413/pr-968-_honra_ao_merito_-_sr._ernandes_guido_correa_-_carmem.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/412/pr-969_-_xingozinho_-_merito_legislativo__jonair_cordeiro.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/411/pr-970_-_carmem_-_merito_desportivo-__pedro_da_silveira_neto.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/410/pr-971_-_xingozinho_-_embaixador_da_paz-helio_miranda.doc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/409/pr-972_-_carmem_-_merito_legislativo-carmem.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/408/pr-973_-_geraldo_bonifacio_-_merito_legislativo-__miltinho.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/407/pr-974-_honra_ao_merito_-_sr._jose_fernandes_bahia_-_anirton.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/406/pr-975-_cidadania_honoraria_geraldo__celio_-_anirton.doc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/405/pr-976_-jaider_-_embaixador_da_paz-_anirton.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/404/pr-978-_cidadania_honoraria_dr_luiz_hoper.doc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/403/pr-979-_cidadania_honoraria_-_sergio_lovaglio.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/402/pr-980-_cidadania_honoraria_-_dr._enio_jose.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/401/pr-981-transferencia_da_camara.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/400/pr-983-_zumbi_de_palmares_-_glasdstone_-_sandro.doc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/399/pr-983-_zumbi_de_palmares_-_glasdstone_-_sandro.doc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/398/pr-984-_cria_comissao_-_mesa.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/397/pr-985-_diploma_embaixador_da_paz_-_lugao.doc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/396/pr-986_-canidia_-_merito_legislativo_-_breno.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/394/pr-987-_convenio_pcmg.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coronelfabriciano.mg.leg.br/media/sapl/public/materialegislativa/2017/395/pr-988-_honra_ao_merito_-_sr._washington_-_lugao.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="29.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="188.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="187.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="192.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>